--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,409 +14,409 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS, 3 classes) · diameter at breast height (10 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>nombre total de tiges</t>
+  </si>
+  <si>
+    <t>étages de végétation NaiS (3 classes) · diamètre à hauteur de poitrine (10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>production region</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
-[...14 lines deleted...]
-    <t>diameter at breast height (10 classes)</t>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>étages de végétation NaiS (3 classes)</t>
+  </si>
+  <si>
+    <t>diamètre à hauteur de poitrine (10 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>subalpine</t>
-[...5 lines deleted...]
-    <t>hyperinsubric, colline, submontane</t>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>montagnard</t>
+  </si>
+  <si>
+    <t>hyperinsubrique, collinéen, submontagnard</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1319428/501178</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">nombre total de tiges</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Nombre de tiges de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Le nombre total de tiges est la somme du nombre de tiges et du nombre de tiges de bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+      <t xml:space="preserve">étages de végétation NaiS (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to three classes. The variable represents a simplification of the NaiS altititudinal vegetation belts in six classes (NAISHSTKOMB6KL) in which the class «hyperinsubric and colline» is mearged with «submontane» to form the class «hyperinsubric, colline, submontane», the class «lower and upper montane» with «high montane» to form the class «montane» and the class «subalpine» with «upper subalpine» to form the class «subalpine». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenés à trois classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en six classes (NAISHSTKOMB6KL), en regroupant les classes «hyperinsubrique et collinéen» et «submontagnard» dans la classe «hyperinsubrique, collinéen et submontagnard», les classes «montagnard supérieur et inférieur» et «haut-montagnard» dans la classe «montagnard», et les classes «subalpin» et «subalpin supérieur» dans la classe «subalpin». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (10 classes)</t>
+      <t xml:space="preserve">diamètre à hauteur de poitrine (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of the trees and shrubs ≥12 cm dbh – in ten classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diamètre à hauteur de poitrine (DHP) des arbres et arbustes à partir de 12 cm de diamètre, en dix classes. Source: relevé de terrain (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -768,52 +768,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3457,268 +3457,268 @@
         <v>100.0</v>
       </c>
       <c r="L72" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M72" s="6">
         <v>100.0</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1319428/501178</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">nombre total de tiges</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:14" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+            <t xml:space="preserve">étages de végétation NaiS (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:14" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (10 classes)</t>
+            <t xml:space="preserve">diamètre à hauteur de poitrine (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:14" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:14" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:14" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:14" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>