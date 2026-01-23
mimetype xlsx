--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>vorherrschende Baumartengruppe</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>predominant tree class</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1322636/504386</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">vorherrschende Baumartengruppe</t>
+      <t xml:space="preserve">predominant tree class</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #566</t>
     </r>
   </si>
   <si>
-    <t>Baumartengruppe (Nadelholz oder Laubholz) mit der grösseren Basalfläche. Für die Berechnung berücksichtigt wurden die stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Grundlage: Feldaufnahme (MID 1018: Baumzustand, MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Tree species group (conifers or broadleaves) with the larger basal area. For the calculation, the standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) were taken into account. Reference: Field Survey (MID 1018: Baumzustand, MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>100.0</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>21</v>
       </c>
       <c r="L16" s="6">
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1322636/504386</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">vorherrschende Baumartengruppe</t>
+            <t xml:space="preserve">predominant tree class</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #566</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>