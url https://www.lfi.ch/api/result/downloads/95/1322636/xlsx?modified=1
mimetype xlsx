--- v1 (2026-01-23)
+++ v2 (2026-01-24)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>predominant tree class</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>groupe d'essences dominantes</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
-[...8 lines deleted...]
-    <t>Switzerland</t>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
-[...5 lines deleted...]
-    <t>broadleaves</t>
+    <t>pas d'indication</t>
+  </si>
+  <si>
+    <t>résineux</t>
+  </si>
+  <si>
+    <t>feuillus</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1322636/504386</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">predominant tree class</t>
+      <t xml:space="preserve">groupe d'essences dominantes</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #566</t>
     </r>
   </si>
   <si>
-    <t>Tree species group (conifers or broadleaves) with the larger basal area. For the calculation, the standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) were taken into account. Reference: Field Survey (MID 1018: Baumzustand, MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Groupe d'essences (résineux ou feuillus) avec la plus grande surface terrière. Les arbres et arbustes vifs sur pied à partir de 12 cm de diamètre à hauteur de poitrine (DHP) ont été pris en compte pour le calcul. Source: relevé de terrain (MID 1018: Baumzustand, MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>100.0</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>21</v>
       </c>
       <c r="L16" s="6">
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1322636/504386</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">predominant tree class</t>
+            <t xml:space="preserve">groupe d'essences dominantes</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #566</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>