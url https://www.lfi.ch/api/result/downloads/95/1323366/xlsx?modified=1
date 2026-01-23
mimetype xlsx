--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,449 +14,449 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against avalanches (2022) · size classe (young forest; 5 classes) · altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti del bosco giovane con brucatura diviso per numero di fusti del bosco giovane con rilievo della brucatura</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro valanghe (2022) · classe di dimensione (bosco giovane; 5 classi) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, cell total</t>
+      <t xml:space="preserve">: %, totale celle</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: stockable and accessible forest without shrub forest NFI2-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...17 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro valanghe (2022)</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>classe di dimensione (bosco giovane; 5 classi)</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...29 lines deleted...]
-    <t>DBH 8-11.9 cm</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>altezza 10-39 cm</t>
+  </si>
+  <si>
+    <t>altezza 40-129 cm</t>
+  </si>
+  <si>
+    <t>DPU 0-3.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 4-7.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323366/505116</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems of young forest plants with browsing damage</t>
+      <t xml:space="preserve">numero di fusti del bosco giovane con brucatura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #404</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of conifers and broadleaves 10 to 129 cm in height on which browsing on the shoot from the previous year was detected. Since a different method was used for assessing browsing traces in NFI2, the browsing intensity was overestimated in comparison with in the inventories from NFI4 on. Thus, only increases in browsing intensity can be clearly determined in comparisons with NFI2. For a reliable estimate, at least 30 individuals per estimated value (table cell) should have been assessed for browsing. Therefore, the corresponding tables with the target variable "Number of trees assessed for browsing (no extrapolation)" should also be consulted.</t>
+    <t>Numero di alberi di conifere e latifoglie con un'altezza da 10 a 129 cm alle quali è stata constatata una morsicatura del getto dell'anno precedente. A causa di differenze nel metodo di rilevamento della brucatura, l'intensità della brucatura nell'IFN2 è stata sovrastimata rispetto al metodo utilizzato a partire dall'IFN4. Per questa ragione in comparazione all'IFN2, solamente gli aumenti di intensità della brucatura possono essere considerati come sicuri. Per una stima affidabile, dovrebbero essere stati valutati almeno 30 individui per ogni valore stimato (cella della tabella). Pertanto, è necessario consultare anche le tabelle corrispondenti con la variabile target "Numero di alberi con rilievo della brucatura (senza estrapolazione)".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems of young forest plants assessed for browsing</t>
+      <t xml:space="preserve">numero di fusti del bosco giovane con rilievo della brucatura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #405</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of conifers and broadleaves 10 to 129 cm in height for which the condition of the previous year's shoot was assessed with regard to browsing. Since a different method was used for assessing browsing traces in NFI2, the browsing intensity was overestimated in comparison with in the inventories from NFI4 on. Thus, only increases in browsing intensity can be clearly determined in comparisons with NFI2. For a reliable estimate, at least 30 individuals per estimated value (table cell) should have been assessed for browsing. Therefore, the corresponding tables with the target variable "Number of trees assessed for browsing (no extrapolation)" should also be consulted.</t>
+    <t>Numero di alberi di conifere e latifoglie con un'altezza da 10 a 129 cm alle quali è stato valutato lo stato della gemma terminale dell'anno precedente. A causa di differenze nel metodo di rilevamento della brucatura, l'intensità della brucatura nell'IFN2 è stata sovrastimata rispetto al metodo utilizzato a partire dall'IFN4. Per questa ragione in comparazione all'IFN2, solamente gli aumenti di intensità della brucatura possono essere considerati come sicuri. Per una stima affidabile, dovrebbero essere stati valutati almeno 30 individui per ogni valore stimato (cella della tabella). Pertanto, è necessario consultare anche le tabelle corrispondenti con la variabile target "Numero di alberi con rilievo della brucatura (senza estrapolazione)".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against avalanches (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le valanghe, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">size classe (young forest; 5 classes)</t>
+      <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Size of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) – in five size classes (two height and three dbh classes). Reference: Field Survey (MID 507: Jungwaldklasse)</t>
+    <t>Dimensione delle piante del bosco giovane da 10 cm di altezza a 11,9 cm di diametro a petto d'uomo (DPU), in cinque classi (due classi di altezza, tre classi di diametro). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2615</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the four inventories NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026), was accessible on foot and could be stocked, i.e. did not contain forest roads, recreational facilities, streams, avalanche paths, etc.</t>
+    <t>Bosco che nei quattro inventari IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) e IFN5 (2018-2026) era coperto per meno di due terzi da arbusti, era accessibile a piedi ed era potenzialmente boscabile, cioè non era occupato da strade forestali, strutture ricreative, torrenti, canali valangari, ecc.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -808,52 +808,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -2283,332 +2283,332 @@
         <v>14.5</v>
       </c>
       <c r="F68" s="6">
         <v>0.9</v>
       </c>
       <c r="G68" s="6">
         <v>14.6</v>
       </c>
       <c r="H68" s="6">
         <v>0.9</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323366/505116</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems of young forest plants with browsing damage</t>
+            <t xml:space="preserve">numero di fusti del bosco giovane con brucatura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #404</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems of young forest plants assessed for browsing</t>
+            <t xml:space="preserve">numero di fusti del bosco giovane con rilievo della brucatura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #405</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against avalanches (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">size classe (young forest; 5 classes)</t>
+            <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:8" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:8" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2615</t>
           </r>
         </is>
       </c>
     </row>
     <row r="91" spans="1:8" customHeight="1" ht="29">
       <c r="A91" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="94" spans="1:8" customHeight="1" ht="29">
       <c r="A94" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>