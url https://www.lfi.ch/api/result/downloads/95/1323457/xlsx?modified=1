--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>LFI4—LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen) · Wald, Nichtwald</t>
+    <t>NFI4—NFI5</t>
+  </si>
+  <si>
+    <t>change: forest area</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes) · forest/non-forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: %</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Gesamtfläche</t>
+      <t xml:space="preserve">: total area</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>Produktionsregion</t>
+    <t>change 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>Wald, Nichtwald</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+  </si>
+  <si>
+    <t>forest/non-forest</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Wald</t>
-[...23 lines deleted...]
-    <t>hyperinsubrisch und kollin</t>
+    <t>forest</t>
+  </si>
+  <si>
+    <t>non-forest</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323457/505207</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald, Nichtwald</t>
+      <t xml:space="preserve">forest/non-forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1990</t>
     </r>
   </si>
   <si>
-    <t>Bodenbedeckung, umschrieben mit den zwei Klassen «Wald» (d.h. Wald ohne Gebüschwald, Gebüschwald) und Nichtwald gestützt auf die Walddefinition des LFI. Grundlage: Feldaufnahme (MID 816) oder - bei Unzugänglichkeit - Luftbildinterpretation</t>
+    <t>Land cover classified into the two classes: «forest» (i.e. forest without shrub forest or shrub forest) and «non-forest» according to the forest definition of the NFI. Reference: Field Survey or, in if inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtfläche</t>
+      <t xml:space="preserve">total area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #435</t>
     </r>
   </si>
   <si>
-    <t>Fläche der Schweiz oder einer Region (z.B. Produktionsregion, Kanton) unabhängig von ihrem Bewuchs. Im LFI setzt sich die Gesamtfläche aus den Komponenten «Wald ohne Gebüschwald», «Gebüschwald» und «Nichtwald» zusammen.</t>
+    <t>Area of Switzerland or a region (e.g. production region or canton) regardless of its cover. In NFI, the total area is made up of the components «forest without shrub forest», «shrub forest» and «non-forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="20.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2272,268 +2272,268 @@
         <v>0.0</v>
       </c>
       <c r="L44" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="6">
         <v>0.0</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323457/505207</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald, Nichtwald</t>
+            <t xml:space="preserve">forest/non-forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1990</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:14" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:14" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtfläche</t>
+            <t xml:space="preserve">total area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #435</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:14" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:14" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>