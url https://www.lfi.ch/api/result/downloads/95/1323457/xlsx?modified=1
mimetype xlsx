--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI4—NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes) · forest/non-forest</t>
+    <t>IFN4—IFN5</t>
+  </si>
+  <si>
+    <t>variazione: superficie forestale</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi) · bosco, non bosco</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: %</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: total area</t>
+      <t xml:space="preserve">: superficie totale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...26 lines deleted...]
-    <t>forest/non-forest</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
+  </si>
+  <si>
+    <t>bosco, non bosco</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>forest</t>
-[...23 lines deleted...]
-    <t>hyperinsubric and colline</t>
+    <t>bosco</t>
+  </si>
+  <si>
+    <t>non bosco</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323457/505207</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest/non-forest</t>
+      <t xml:space="preserve">bosco, non bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1990</t>
     </r>
   </si>
   <si>
-    <t>Land cover classified into the two classes: «forest» (i.e. forest without shrub forest or shrub forest) and «non-forest» according to the forest definition of the NFI. Reference: Field Survey or, in if inaccessible – aerial photo interpretation</t>
+    <t>Copertura del suolo, definita con le due classi «bosco» (cioè bosco esclusi gli arbusteti, arbusteti) e non bosco in base alla definizione di bosco dell'IFN. Fonte: rilievo sul terreno (MID 816) oppure - nel caso di inaccessibilità - interpretazione di foto aeree</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total area</t>
+      <t xml:space="preserve">superficie totale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #435</t>
     </r>
   </si>
   <si>
-    <t>Area of Switzerland or a region (e.g. production region or canton) regardless of its cover. In NFI, the total area is made up of the components «forest without shrub forest», «shrub forest» and «non-forest».</t>
+    <t>Superficie della Svizzera o di una sua regione (ad es. Regione di produzione, Cantone) indipendentemente dalla sua copertura. Nell'IFN la superficie totale è composta da «bosco senza arbusteto», «arbusteto» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,51 +753,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -2272,268 +2272,268 @@
         <v>0.0</v>
       </c>
       <c r="L44" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="6">
         <v>0.0</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323457/505207</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest/non-forest</t>
+            <t xml:space="preserve">bosco, non bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1990</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:14" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:14" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total area</t>
+            <t xml:space="preserve">superficie totale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #435</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:14" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:14" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>