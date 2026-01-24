--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN4—IFN5</t>
-[...5 lines deleted...]
-    <t>fasce vegetazionali NaiS (6 classi) · bosco, non bosco</t>
+    <t>NFI4—NFI5</t>
+  </si>
+  <si>
+    <t>change: forest area</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes) · forest/non-forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: ha/anno</t>
+      <t xml:space="preserve">: ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: superficie totale</t>
+      <t xml:space="preserve">: total area</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>variazione 2009/17–2018/26</t>
-[...32 lines deleted...]
-    <t>ha/anno</t>
+    <t>change 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+  </si>
+  <si>
+    <t>forest/non-forest</t>
+  </si>
+  <si>
+    <t>ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bosco</t>
-[...23 lines deleted...]
-    <t>iperinsubrica e collinare</t>
+    <t>forest</t>
+  </si>
+  <si>
+    <t>non-forest</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323518/505268</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco, non bosco</t>
+      <t xml:space="preserve">forest/non-forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1990</t>
     </r>
   </si>
   <si>
-    <t>Copertura del suolo, definita con le due classi «bosco» (cioè bosco esclusi gli arbusteti, arbusteti) e non bosco in base alla definizione di bosco dell'IFN. Fonte: rilievo sul terreno (MID 816) oppure - nel caso di inaccessibilità - interpretazione di foto aeree</t>
+    <t>Land cover classified into the two classes: «forest» (i.e. forest without shrub forest or shrub forest) and «non-forest» according to the forest definition of the NFI. Reference: Field Survey or, in if inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie totale</t>
+      <t xml:space="preserve">total area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #435</t>
     </r>
   </si>
   <si>
-    <t>Superficie della Svizzera o di una sua regione (ad es. Regione di produzione, Cantone) indipendentemente dalla sua copertura. Nell'IFN la superficie totale è composta da «bosco senza arbusteto», «arbusteto» e «non bosco».</t>
+    <t>Area of Switzerland or a region (e.g. production region or canton) regardless of its cover. In NFI, the total area is made up of the components «forest without shrub forest», «shrub forest» and «non-forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,65 +756,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
@@ -2481,270 +2481,270 @@
         <v>0.0</v>
       </c>
       <c r="N44" s="6">
         <v>0</v>
       </c>
       <c r="O44" s="6">
         <v>0.0</v>
       </c>
       <c r="P44" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323518/505268</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
       <c r="O45" s="3"/>
       <c r="P45" s="3"/>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco, non bosco</t>
+            <t xml:space="preserve">forest/non-forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1990</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie totale</t>
+            <t xml:space="preserve">total area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #435</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>