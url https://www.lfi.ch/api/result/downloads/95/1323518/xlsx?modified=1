--- v1 (2026-01-24)
+++ v2 (2026-01-24)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI4—NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes) · forest/non-forest</t>
+    <t>LFI4—LFI5</t>
+  </si>
+  <si>
+    <t>Veränderung: Waldfläche</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen) · Wald, Nichtwald</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: ha/yr</t>
+      <t xml:space="preserve">: ha/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: total area</t>
+      <t xml:space="preserve">: Gesamtfläche</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>biogeographical region</t>
+    <t>Veränderung 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...23 lines deleted...]
-    <t>ha/yr</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+  </si>
+  <si>
+    <t>Wald, Nichtwald</t>
+  </si>
+  <si>
+    <t>ha/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>forest</t>
-[...23 lines deleted...]
-    <t>hyperinsubric and colline</t>
+    <t>Wald</t>
+  </si>
+  <si>
+    <t>Nichtwald</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>unter- und obermontan</t>
+  </si>
+  <si>
+    <t>submontan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch und kollin</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323518/505268</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest/non-forest</t>
+      <t xml:space="preserve">Wald, Nichtwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1990</t>
     </r>
   </si>
   <si>
-    <t>Land cover classified into the two classes: «forest» (i.e. forest without shrub forest or shrub forest) and «non-forest» according to the forest definition of the NFI. Reference: Field Survey or, in if inaccessible – aerial photo interpretation</t>
+    <t>Bodenbedeckung, umschrieben mit den zwei Klassen «Wald» (d.h. Wald ohne Gebüschwald, Gebüschwald) und Nichtwald gestützt auf die Walddefinition des LFI. Grundlage: Feldaufnahme (MID 816) oder - bei Unzugänglichkeit - Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total area</t>
+      <t xml:space="preserve">Gesamtfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #435</t>
     </r>
   </si>
   <si>
-    <t>Area of Switzerland or a region (e.g. production region or canton) regardless of its cover. In NFI, the total area is made up of the components «forest without shrub forest», «shrub forest» and «non-forest».</t>
+    <t>Fläche der Schweiz oder einer Region (z.B. Produktionsregion, Kanton) unabhängig von ihrem Bewuchs. Im LFI setzt sich die Gesamtfläche aus den Komponenten «Wald ohne Gebüschwald», «Gebüschwald» und «Nichtwald» zusammen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,65 +756,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="20.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
@@ -2481,270 +2481,270 @@
         <v>0.0</v>
       </c>
       <c r="N44" s="6">
         <v>0</v>
       </c>
       <c r="O44" s="6">
         <v>0.0</v>
       </c>
       <c r="P44" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323518/505268</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
       <c r="O45" s="3"/>
       <c r="P45" s="3"/>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest/non-forest</t>
+            <t xml:space="preserve">Wald, Nichtwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1990</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total area</t>
+            <t xml:space="preserve">Gesamtfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #435</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>