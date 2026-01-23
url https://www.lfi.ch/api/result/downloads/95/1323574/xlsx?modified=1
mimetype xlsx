--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI4—LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen) · Wald, Nichtwald</t>
+    <t>IFN4—IFN5</t>
+  </si>
+  <si>
+    <t>variazione: superficie forestale</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi) · bosco, non bosco</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: Gesamtfläche</t>
+      <t xml:space="preserve">: superficie totale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2009/17–2018/26</t>
-[...29 lines deleted...]
-    <t>Wald, Nichtwald</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
+  </si>
+  <si>
+    <t>bosco, non bosco</t>
   </si>
   <si>
     <t>ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Wald</t>
-[...23 lines deleted...]
-    <t>hyperinsubrisch und kollin</t>
+    <t>bosco</t>
+  </si>
+  <si>
+    <t>non bosco</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323574/505324</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald, Nichtwald</t>
+      <t xml:space="preserve">bosco, non bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1990</t>
     </r>
   </si>
   <si>
-    <t>Bodenbedeckung, umschrieben mit den zwei Klassen «Wald» (d.h. Wald ohne Gebüschwald, Gebüschwald) und Nichtwald gestützt auf die Walddefinition des LFI. Grundlage: Feldaufnahme (MID 816) oder - bei Unzugänglichkeit - Luftbildinterpretation</t>
+    <t>Copertura del suolo, definita con le due classi «bosco» (cioè bosco esclusi gli arbusteti, arbusteti) e non bosco in base alla definizione di bosco dell'IFN. Fonte: rilievo sul terreno (MID 816) oppure - nel caso di inaccessibilità - interpretazione di foto aeree</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtfläche</t>
+      <t xml:space="preserve">superficie totale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #435</t>
     </r>
   </si>
   <si>
-    <t>Fläche der Schweiz oder einer Region (z.B. Produktionsregion, Kanton) unabhängig von ihrem Bewuchs. Im LFI setzt sich die Gesamtfläche aus den Komponenten «Wald ohne Gebüschwald», «Gebüschwald» und «Nichtwald» zusammen.</t>
+    <t>Superficie della Svizzera o di una sua regione (ad es. Regione di produzione, Cantone) indipendentemente dalla sua copertura. Nell'IFN la superficie totale è composta da «bosco senza arbusteto», «arbusteto» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="20.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2481,270 +2481,270 @@
         <v>0.0</v>
       </c>
       <c r="N44" s="6">
         <v>0</v>
       </c>
       <c r="O44" s="6">
         <v>0.0</v>
       </c>
       <c r="P44" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323574/505324</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
       <c r="O45" s="3"/>
       <c r="P45" s="3"/>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald, Nichtwald</t>
+            <t xml:space="preserve">bosco, non bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1990</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtfläche</t>
+            <t xml:space="preserve">superficie totale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #435</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>