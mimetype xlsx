--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Gehölzartenvielfalt im Bestand (3 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>diversità delle specie legnose nel popolamento (3 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...27 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>gering</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>debole</t>
+  </si>
+  <si>
+    <t xml:space="preserve">media </t>
+  </si>
+  <si>
+    <t>elevata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1324511/506261</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gehölzartenvielfalt im Bestand (3 Klassen)</t>
+      <t xml:space="preserve">diversità delle specie legnose nel popolamento (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1295</t>
     </r>
   </si>
   <si>
-    <t>Ökologischer Wert des Waldbestands in drei Klassen, ermittelt mithilfe der Anzahl der vorkommenden Gehölzarten sowie der Präsenz von Gehölzarten mit spezieller ökologischer Bedeutung (Weiden, Birken, Erlen, einheimischen Pappeln, einheimischen Eichen, Kastanie, Kirschbaum, Malus spp., Pyrus spp., Sorbus spp., Waldföhre) in der Oberschicht. Grundlage: Feldaufnahme (MID 50: Baumart, MID 65: Schicht)</t>
+    <t>Valore ecologico del popolamento forestale in tre classi, determinato in funzione del numero di specie legnose e della presenza di specie legnose con particolare valore ecologico nello strato superiore del popolamento (salici, betulle, ontani, pioppi autoctoni, querce autoctone, castagni, ciliegi, meli e peri selvatici, sorbi, pino silvestre). Fonte: rilievo sul terreno (MID 50: Baumart, MID 65: Schicht)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>100.0</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="6">
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1324511/506261</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gehölzartenvielfalt im Bestand (3 Klassen)</t>
+            <t xml:space="preserve">diversità delle specie legnose nel popolamento (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1295</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>