--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>diversity of woody species in the stand (3 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>diversità delle specie legnose nel popolamento (3 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>low</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>debole</t>
+  </si>
+  <si>
+    <t xml:space="preserve">media </t>
+  </si>
+  <si>
+    <t>elevata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1324595/506345</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diversity of woody species in the stand (3 classes)</t>
+      <t xml:space="preserve">diversità delle specie legnose nel popolamento (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1295</t>
     </r>
   </si>
   <si>
-    <t>Ecological value of the forest stand according to the number of woody species present, as well as the presence of woody species of special ecological importance (willows, birches, alders, native poplars, native oaks, chestnut, cherry tree, Malus spp., Pyrus spp., Sorbus spp. and Scots pine) in the upper layer – in three classes. Reference: Field Survey (MID 50: Baumart, MID 65: Schicht)</t>
+    <t>Valore ecologico del popolamento forestale in tre classi, determinato in funzione del numero di specie legnose e della presenza di specie legnose con particolare valore ecologico nello strato superiore del popolamento (salici, betulle, ontani, pioppi autoctoni, querce autoctone, castagni, ciliegi, meli e peri selvatici, sorbi, pino silvestre). Fonte: rilievo sul terreno (MID 50: Baumart, MID 65: Schicht)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>152.5</v>
       </c>
       <c r="K17" s="6">
         <v>2</v>
       </c>
       <c r="L17" s="6">
         <v>1176.4</v>
       </c>
       <c r="M17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1324595/506345</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diversity of woody species in the stand (3 classes)</t>
+            <t xml:space="preserve">diversità delle specie legnose nel popolamento (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1295</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>