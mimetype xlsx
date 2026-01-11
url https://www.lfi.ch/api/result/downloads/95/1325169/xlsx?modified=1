--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>stadio di sviluppo · conifere e latifoglie</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of stems</t>
+  </si>
+  <si>
+    <t>development stage · conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>conifere e latifoglie</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>development stage</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifere</t>
-[...26 lines deleted...]
-    <t>misto</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>young growth/ thicket</t>
+  </si>
+  <si>
+    <t>pole timber</t>
+  </si>
+  <si>
+    <t>young timber</t>
+  </si>
+  <si>
+    <t>medium timber</t>
+  </si>
+  <si>
+    <t>old timber</t>
+  </si>
+  <si>
+    <t>mixed</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1325169/506919</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti</t>
+      <t xml:space="preserve">number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stadio di sviluppo</t>
+      <t xml:space="preserve">development stage</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #20</t>
     </r>
   </si>
   <si>
-    <t>Tappa nell'evoluzione di un popolamento, definito in base al diametro dominante (DPUdom = DPU dei 100 alberi più grossi ad ettaro). Novelleto/spessina: DPUdom &lt;12 cm, perticaia: DPUdom 12-30 cm, fustaia giovane: DPUdom 31-40 cm, fustaia adulta: DPUdom 41-50 cm, fustaia matura: DPUdom &gt;50 cm, misto: alberi di diversi stadi di sviluppo, nessuno stadio di sviluppo predominante oppure gruppi di diversi stadi di sviluppo più piccoli di 5 are. Fonte: rilievo sul terreno (MID 261: Entwicklungsstufe)</t>
+    <t>Stage of stand development, defined by the dominant diameter at breast height (dbhdom = dbh of the 100 largest [thickest] trees per hectare). Young growth/thicket: dbhdom &lt;12 cm, pole timber: dbhdom 12-30 cm, young timber: dbhdom 31-40 cm, medium timber : dbhdom 41-50 cm, old timber: dbhdom &gt;50 cm, mixed: trees of different development stages, no development stage predominant or groups of different development stages covering &lt; 500 m². Reference: Field Survey (MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2868,270 +2868,270 @@
         <v>73733</v>
       </c>
       <c r="N52" s="6">
         <v>4</v>
       </c>
       <c r="O52" s="6">
         <v>484244</v>
       </c>
       <c r="P52" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1325169/506919</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti</t>
+            <t xml:space="preserve">number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stadio di sviluppo</t>
+            <t xml:space="preserve">development stage</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #20</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>