--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>introduced tree species (tree neophytes; 3 classes; from NFI1 on)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Stammzahl</t>
+  </si>
+  <si>
+    <t>eingeführte Baumart (baumförmige Neophyten; 3 Klassen; ab LFI1)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>introduced tree species</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>eingeführte Baumart</t>
+  </si>
+  <si>
+    <t>einheimische Baumart</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar oder Strauchart</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1326103/507853</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">Stammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">introduced tree species (tree neophytes; 3 classes; from NFI1 on)</t>
+      <t xml:space="preserve">eingeführte Baumart (baumförmige Neophyten; 3 Klassen; ab LFI1)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2599</t>
     </r>
   </si>
   <si>
-    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into the three classes: «introduced tree species», «native tree species» and «indeterminable and/or shrub species». Introduced tree species are tree species that have been intentionally or unintentionally introduced by humans into habitats outside their natural range. With this classification attribute, which is used in all inventories, the Japanese larch (L. kaempferi) and introduced arboreal willow species are not counted as introduced tree species, because they are recorded together with related native species in certain inventories. The Japanese larch (Larix kaempferi), for example, is grouped together with the European larch (L. decidua). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Einteilung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in die drei Klassen «eingeführte Baumart», «einheimische Baumart» und «nicht bestimmbar oder Strauchart». Eingeführte Baumarten sind Baumarten, die vom Menschen absichtlich oder unabsichtlich in Lebensräume ausserhalb ihres natürlichen Verbreitungsgebiets eingeführt wurden. Bei diesem für alle Inventuren geltenden Klassifizierungsmerkmal werden die Japanlärche (L. kaempferi) und eingeführte baumförmige Weidenarten nicht zu den eingeführten Baumarten gezählt, da sie in gewissen Inventuren zusammen mit verwandten einheimischen Arten erfasst worden sind (Japanlärche [Larix kaempferi] z.B. zusammen mit der Europäischen Lärche [L. decidua]). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="79.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1484,51 +1484,51 @@
         <v>100.0</v>
       </c>
       <c r="AC17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD17" s="6">
         <v>100.0</v>
       </c>
       <c r="AE17" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1326103/507853</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">Stammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">introduced tree species (tree neophytes; 3 classes; from NFI1 on)</t>
+            <t xml:space="preserve">eingeführte Baumart (baumförmige Neophyten; 3 Klassen; ab LFI1)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2599</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>