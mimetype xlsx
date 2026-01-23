--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>eingeführte Baumart (baumförmige Neophyten; 3 Klassen; ab LFI1)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>specie arborea introdotta (neofite arboree; 3 classi; a partire dall'IFN1)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...54 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>eingeführte Baumart</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>specie arborea introdotta</t>
+  </si>
+  <si>
+    <t>specie arborea autoctona</t>
+  </si>
+  <si>
+    <t>specie non determinabile o arbustiva</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1326106/507856</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stammzahl</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">eingeführte Baumart (baumförmige Neophyten; 3 Klassen; ab LFI1)</t>
+      <t xml:space="preserve">specie arborea introdotta (neofite arboree; 3 classi; a partire dall'IFN1)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2599</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in die drei Klassen «eingeführte Baumart», «einheimische Baumart» und «nicht bestimmbar oder Strauchart». Eingeführte Baumarten sind Baumarten, die vom Menschen absichtlich oder unabsichtlich in Lebensräume ausserhalb ihres natürlichen Verbreitungsgebiets eingeführt wurden. Bei diesem für alle Inventuren geltenden Klassifizierungsmerkmal werden die Japanlärche (L. kaempferi) und eingeführte baumförmige Weidenarten nicht zu den eingeführten Baumarten gezählt, da sie in gewissen Inventuren zusammen mit verwandten einheimischen Arten erfasst worden sind (Japanlärche [Larix kaempferi] z.B. zusammen mit der Europäischen Lärche [L. decidua]). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Classificazione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) nelle tre classi «specie arboree introdotte», «specie arboree autoctone» e «specie non determinabili o arbustive». Le specie arboree introdotte sono specie arboree introdotte intenzionalmente o involontariamente dall'uomo in habitat al di fuori del loro areale naturale. In questa classificazione, che si applica a tutti gli inventari, il larice giapponese (L. kaempferi) e le specie arboree di salice introdotte non sono conteggiate come specie arboree introdotte, poiché sono state registrate insieme a specie autoctone affini in alcuni inventari (il larice giapponese [Larix kaempferi], ad esempio, insieme al larice europeo [L. decidua]). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1484,51 +1484,51 @@
         <v>100.0</v>
       </c>
       <c r="AC17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD17" s="6">
         <v>100.0</v>
       </c>
       <c r="AE17" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1326106/507856</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stammzahl</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">eingeführte Baumart (baumförmige Neophyten; 3 Klassen; ab LFI1)</t>
+            <t xml:space="preserve">specie arborea introdotta (neofite arboree; 3 classi; a partire dall'IFN1)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2599</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>