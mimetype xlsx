--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>specie arborea introdotta (neofite arboree; 3 classi; a partire dall'IFN1)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of stems</t>
+  </si>
+  <si>
+    <t>introduced tree species (tree neophytes; 3 classes; from NFI1 on)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>specie arborea introdotta</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>introduced tree species</t>
+  </si>
+  <si>
+    <t>native tree species</t>
+  </si>
+  <si>
+    <t>indeterminable and/or shrub species</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1326213/507963</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti</t>
+      <t xml:space="preserve">number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea introdotta (neofite arboree; 3 classi; a partire dall'IFN1)</t>
+      <t xml:space="preserve">introduced tree species (tree neophytes; 3 classes; from NFI1 on)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2599</t>
     </r>
   </si>
   <si>
-    <t>Classificazione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) nelle tre classi «specie arboree introdotte», «specie arboree autoctone» e «specie non determinabili o arbustive». Le specie arboree introdotte sono specie arboree introdotte intenzionalmente o involontariamente dall'uomo in habitat al di fuori del loro areale naturale. In questa classificazione, che si applica a tutti gli inventari, il larice giapponese (L. kaempferi) e le specie arboree di salice introdotte non sono conteggiate come specie arboree introdotte, poiché sono state registrate insieme a specie autoctone affini in alcuni inventari (il larice giapponese [Larix kaempferi], ad esempio, insieme al larice europeo [L. decidua]). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into the three classes: «introduced tree species», «native tree species» and «indeterminable and/or shrub species». Introduced tree species are tree species that have been intentionally or unintentionally introduced by humans into habitats outside their natural range. With this classification attribute, which is used in all inventories, the Japanese larch (L. kaempferi) and introduced arboreal willow species are not counted as introduced tree species, because they are recorded together with related native species in certain inventories. The Japanese larch (Larix kaempferi), for example, is grouped together with the European larch (L. decidua). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="79.981" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>70366</v>
       </c>
       <c r="K17" s="6">
         <v>4</v>
       </c>
       <c r="L17" s="6">
         <v>476187</v>
       </c>
       <c r="M17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1326213/507963</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti</t>
+            <t xml:space="preserve">number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea introdotta (neofite arboree; 3 classi; a partire dall'IFN1)</t>
+            <t xml:space="preserve">introduced tree species (tree neophytes; 3 classes; from NFI1 on)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2599</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>