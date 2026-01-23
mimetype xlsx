--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>specie arborea introdotta (neofite arboree; 3 classi; a partire dall'IFN1)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of stems</t>
+  </si>
+  <si>
+    <t>introduced tree species (tree neophytes; 3 classes; from NFI1 on)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...54 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>specie arborea introdotta</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>introduced tree species</t>
+  </si>
+  <si>
+    <t>native tree species</t>
+  </si>
+  <si>
+    <t>indeterminable and/or shrub species</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1326316/508066</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti</t>
+      <t xml:space="preserve">number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea introdotta (neofite arboree; 3 classi; a partire dall'IFN1)</t>
+      <t xml:space="preserve">introduced tree species (tree neophytes; 3 classes; from NFI1 on)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2599</t>
     </r>
   </si>
   <si>
-    <t>Classificazione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) nelle tre classi «specie arboree introdotte», «specie arboree autoctone» e «specie non determinabili o arbustive». Le specie arboree introdotte sono specie arboree introdotte intenzionalmente o involontariamente dall'uomo in habitat al di fuori del loro areale naturale. In questa classificazione, che si applica a tutti gli inventari, il larice giapponese (L. kaempferi) e le specie arboree di salice introdotte non sono conteggiate come specie arboree introdotte, poiché sono state registrate insieme a specie autoctone affini in alcuni inventari (il larice giapponese [Larix kaempferi], ad esempio, insieme al larice europeo [L. decidua]). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into the three classes: «introduced tree species», «native tree species» and «indeterminable and/or shrub species». Introduced tree species are tree species that have been intentionally or unintentionally introduced by humans into habitats outside their natural range. With this classification attribute, which is used in all inventories, the Japanese larch (L. kaempferi) and introduced arboreal willow species are not counted as introduced tree species, because they are recorded together with related native species in certain inventories. The Japanese larch (Larix kaempferi), for example, is grouped together with the European larch (L. decidua). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="79.981" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -1484,51 +1484,51 @@
         <v>462</v>
       </c>
       <c r="AC17" s="6">
         <v>4</v>
       </c>
       <c r="AD17" s="6">
         <v>405</v>
       </c>
       <c r="AE17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1326316/508066</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti</t>
+            <t xml:space="preserve">number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea introdotta (neofite arboree; 3 classi; a partire dall'IFN1)</t>
+            <t xml:space="preserve">introduced tree species (tree neophytes; 3 classes; from NFI1 on)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2599</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>