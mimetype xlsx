--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>introduced tree species (tree neophytes; 3 classes; from NFI1 on)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Stammzahl</t>
+  </si>
+  <si>
+    <t>eingeführte Baumart (baumförmige Neophyten; 3 Klassen; ab LFI1)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...33 lines deleted...]
-    <t>n/ha</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>introduced tree species</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>eingeführte Baumart</t>
+  </si>
+  <si>
+    <t>einheimische Baumart</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar oder Strauchart</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1326321/508071</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">Stammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">introduced tree species (tree neophytes; 3 classes; from NFI1 on)</t>
+      <t xml:space="preserve">eingeführte Baumart (baumförmige Neophyten; 3 Klassen; ab LFI1)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2599</t>
     </r>
   </si>
   <si>
-    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into the three classes: «introduced tree species», «native tree species» and «indeterminable and/or shrub species». Introduced tree species are tree species that have been intentionally or unintentionally introduced by humans into habitats outside their natural range. With this classification attribute, which is used in all inventories, the Japanese larch (L. kaempferi) and introduced arboreal willow species are not counted as introduced tree species, because they are recorded together with related native species in certain inventories. The Japanese larch (Larix kaempferi), for example, is grouped together with the European larch (L. decidua). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Einteilung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in die drei Klassen «eingeführte Baumart», «einheimische Baumart» und «nicht bestimmbar oder Strauchart». Eingeführte Baumarten sind Baumarten, die vom Menschen absichtlich oder unabsichtlich in Lebensräume ausserhalb ihres natürlichen Verbreitungsgebiets eingeführt wurden. Bei diesem für alle Inventuren geltenden Klassifizierungsmerkmal werden die Japanlärche (L. kaempferi) und eingeführte baumförmige Weidenarten nicht zu den eingeführten Baumarten gezählt, da sie in gewissen Inventuren zusammen mit verwandten einheimischen Arten erfasst worden sind (Japanlärche [Larix kaempferi] z.B. zusammen mit der Europäischen Lärche [L. decidua]). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,64 +706,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="79.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1108,235 +1108,235 @@
         <v>449</v>
       </c>
       <c r="M17" s="6">
         <v>4</v>
       </c>
       <c r="N17" s="6">
         <v>400</v>
       </c>
       <c r="O17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1326321/508071</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">Stammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">introduced tree species (tree neophytes; 3 classes; from NFI1 on)</t>
+            <t xml:space="preserve">eingeführte Baumart (baumförmige Neophyten; 3 Klassen; ab LFI1)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2599</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>