--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>introduced tree species (tree neophytes; 3 classes; from NFI1 on)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>specie arborea introdotta (neofite arboree; 3 classi; a partire dall'IFN1)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>introduced tree species</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>specie arborea introdotta</t>
+  </si>
+  <si>
+    <t>specie arborea autoctona</t>
+  </si>
+  <si>
+    <t>specie non determinabile o arbustiva</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1326323/508073</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">introduced tree species (tree neophytes; 3 classes; from NFI1 on)</t>
+      <t xml:space="preserve">specie arborea introdotta (neofite arboree; 3 classi; a partire dall'IFN1)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2599</t>
     </r>
   </si>
   <si>
-    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into the three classes: «introduced tree species», «native tree species» and «indeterminable and/or shrub species». Introduced tree species are tree species that have been intentionally or unintentionally introduced by humans into habitats outside their natural range. With this classification attribute, which is used in all inventories, the Japanese larch (L. kaempferi) and introduced arboreal willow species are not counted as introduced tree species, because they are recorded together with related native species in certain inventories. The Japanese larch (Larix kaempferi), for example, is grouped together with the European larch (L. decidua). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Classificazione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) nelle tre classi «specie arboree introdotte», «specie arboree autoctone» e «specie non determinabili o arbustive». Le specie arboree introdotte sono specie arboree introdotte intenzionalmente o involontariamente dall'uomo in habitat al di fuori del loro areale naturale. In questa classificazione, che si applica a tutti gli inventari, il larice giapponese (L. kaempferi) e le specie arboree di salice introdotte non sono conteggiate come specie arboree introdotte, poiché sono state registrate insieme a specie autoctone affini in alcuni inventari (il larice giapponese [Larix kaempferi], ad esempio, insieme al larice europeo [L. decidua]). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="79.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -1484,51 +1484,51 @@
         <v>449</v>
       </c>
       <c r="AC17" s="6">
         <v>4</v>
       </c>
       <c r="AD17" s="6">
         <v>400</v>
       </c>
       <c r="AE17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1326323/508073</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">introduced tree species (tree neophytes; 3 classes; from NFI1 on)</t>
+            <t xml:space="preserve">specie arborea introdotta (neofite arboree; 3 classi; a partire dall'IFN1)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2599</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>