--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>giant (yes/no) · conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>gigante (no/sì) · conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>gigante (no/sì)</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>yes</t>
+    <t>sì</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1326629/508379</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">giant (yes/no)</t>
+      <t xml:space="preserve">gigante (no/sì)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1282</t>
     </r>
   </si>
   <si>
-    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into two classes according to their dbh: «not giant» (dbh ≤80 cm) or «giant» (dbh &gt;80 cm). Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Suddivisione degli alberi e arbusti a partire da un diametro a petto d'uomo (DPU) di 12 cm in due classi, ossia «non gigante» (DPU fino a 80 cm) e «gigante» (DPU superiore a 80 cm). Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="19.852" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1888,270 +1888,270 @@
         <v>73733</v>
       </c>
       <c r="N32" s="6">
         <v>4</v>
       </c>
       <c r="O32" s="6">
         <v>484244</v>
       </c>
       <c r="P32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1326629/508379</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">giant (yes/no)</t>
+            <t xml:space="preserve">gigante (no/sì)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>