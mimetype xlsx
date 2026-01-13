--- v0 (2026-01-09)
+++ v1 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>gigante (no/sì) · conifere e latifoglie</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of stems</t>
+  </si>
+  <si>
+    <t>giant (yes/no) · conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,287 +172,287 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
-[...5 lines deleted...]
-    <t>conifere e latifoglie</t>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>giant (yes/no)</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifere</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>sì</t>
+    <t>yes</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1326727/508477</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti</t>
+      <t xml:space="preserve">number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">gigante (no/sì)</t>
+      <t xml:space="preserve">giant (yes/no)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1282</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione degli alberi e arbusti a partire da un diametro a petto d'uomo (DPU) di 12 cm in due classi, ossia «non gigante» (DPU fino a 80 cm) e «gigante» (DPU superiore a 80 cm). Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into two classes according to their dbh: «not giant» (dbh ≤80 cm) or «giant» (dbh &gt;80 cm). Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -804,52 +804,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="19.852" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -4491,51 +4491,51 @@
         <v>327</v>
       </c>
       <c r="AZ32" s="6">
         <v>6</v>
       </c>
       <c r="BA32" s="6">
         <v>400</v>
       </c>
       <c r="BB32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:54" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1326727/508477</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -4573,226 +4573,226 @@
       <c r="AR33" s="3"/>
       <c r="AS33" s="3"/>
       <c r="AT33" s="3"/>
       <c r="AU33" s="3"/>
       <c r="AV33" s="3"/>
       <c r="AW33" s="3"/>
       <c r="AX33" s="3"/>
       <c r="AY33" s="3"/>
       <c r="AZ33" s="3"/>
       <c r="BA33" s="3"/>
       <c r="BB33" s="3"/>
     </row>
     <row r="36" spans="1:54">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti</t>
+            <t xml:space="preserve">number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:54" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:54">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">gigante (no/sì)</t>
+            <t xml:space="preserve">giant (yes/no)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:54" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:54">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:54" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:54">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:54" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:54">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:54" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:54">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:54" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>