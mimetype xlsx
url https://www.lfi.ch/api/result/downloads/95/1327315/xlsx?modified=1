--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -17,424 +17,424 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>numero di fusti</t>
+    <t>nombre de tiges</t>
   </si>
   <si>
-    <t>età degli alberi (classi di 40 anni) · specie arborea principale</t>
+    <t>âge des arbres (classes de 40 ans) · essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
-    <t>regione biogeografica</t>
+    <t>région biogéographique</t>
   </si>
   <si>
-    <t>Giura</t>
+    <t>Jura</t>
   </si>
   <si>
-    <t>Altopiano</t>
+    <t>Plateau</t>
   </si>
   <si>
-    <t>Versante nord delle Alpi</t>
+    <t>nord des Alpes</t>
   </si>
   <si>
-    <t>Alpi centrali occidentali</t>
+    <t>ouest des Alpes centrales</t>
   </si>
   <si>
-    <t>Alpi centrali orientali</t>
+    <t>est des Alpes centrales</t>
   </si>
   <si>
-    <t>Versante sud delle Alpi</t>
+    <t>Sud des Alpes</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Suisse</t>
   </si>
   <si>
-    <t>età degli alberi (classi di 40 anni)</t>
+    <t>âge des arbres (classes de 40 ans)</t>
   </si>
   <si>
-    <t>specie arborea principale</t>
+    <t>essence principale</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
+    <t>épicéa</t>
   </si>
   <si>
-    <t>abete bianco</t>
+    <t>sapin</t>
   </si>
   <si>
-    <t>pino</t>
+    <t>pin</t>
   </si>
   <si>
-    <t>larice</t>
+    <t>mélèze</t>
   </si>
   <si>
-    <t>cembro</t>
+    <t>arole</t>
   </si>
   <si>
-    <t>altre conifere</t>
+    <t>autres résineux</t>
   </si>
   <si>
-    <t>faggio</t>
+    <t>hêtre</t>
   </si>
   <si>
-    <t>acero</t>
+    <t>érable</t>
   </si>
   <si>
-    <t>frassino</t>
+    <t>frêne</t>
   </si>
   <si>
-    <t>quercia</t>
+    <t>chêne</t>
   </si>
   <si>
-    <t>castagno</t>
+    <t>châtaignier</t>
   </si>
   <si>
-    <t>altre latifoglie</t>
+    <t>autres feuillus</t>
   </si>
   <si>
-    <t>non determinabile</t>
+    <t>indéterminable</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>=40 anni</t>
+    <t>=40 ans</t>
   </si>
   <si>
-    <t>41-80 anni</t>
+    <t>41-80 ans</t>
   </si>
   <si>
-    <t>81-120 anni</t>
+    <t>81-120 ans</t>
   </si>
   <si>
-    <t>121-160 anni</t>
+    <t>121-160 ans</t>
   </si>
   <si>
-    <t>&gt;160 anni</t>
+    <t>&gt;160 ans</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1327315/509065</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti</t>
+      <t xml:space="preserve">nombre de tiges</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Nombre de tiges de tous les arbres et arbustes vifs (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">età degli alberi (classi di 40 anni)</t>
+      <t xml:space="preserve">âge des arbres (classes de 40 ans)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2171</t>
     </r>
   </si>
   <si>
-    <t>Stima dell'età degli alberi e arbusti vivi (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU) in classi di 40 anni. Fonte: rilievo sul terreno (MID 826: Baumalter)</t>
+    <t>Âge estimé des arbres et arbustes vifs (sur pied et au sol) à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, par classes de 40 ans. Source: relevé de terrain (MID 826: Baumalter)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -789,52 +789,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P137"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -6016,270 +6016,270 @@
         <v>446</v>
       </c>
       <c r="N117" s="7">
         <v>4</v>
       </c>
       <c r="O117" s="7">
         <v>400</v>
       </c>
       <c r="P117" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:16" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1327315/509065</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3"/>
       <c r="K118" s="3"/>
       <c r="L118" s="3"/>
       <c r="M118" s="3"/>
       <c r="N118" s="3"/>
       <c r="O118" s="3"/>
       <c r="P118" s="3"/>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti</t>
+            <t xml:space="preserve">nombre de tiges</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">età degli alberi (classi di 40 anni)</t>
+            <t xml:space="preserve">âge des arbres (classes de 40 ans)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2171</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:16" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:16" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>