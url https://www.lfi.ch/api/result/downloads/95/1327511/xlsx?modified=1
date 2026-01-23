--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>essence (5 classes)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area</t>
+  </si>
+  <si>
+    <t>tree species (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>région de production</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Préalpes</t>
-[...8 lines deleted...]
-    <t>Suisse</t>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>épicéa</t>
-[...14 lines deleted...]
-    <t>indéterminable</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1327511/509261</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence (5 classes)</t>
+      <t xml:space="preserve">tree species (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes distinctes pour les trois espèces ou groupes d'espèces les plus fréquents en Suisse (épicéa - Picea spp.; sapin - Abies spp.; hêtre - Fagus sylvatica) et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1193,233 +1193,233 @@
         <v>33.8</v>
       </c>
       <c r="K20" s="6">
         <v>4</v>
       </c>
       <c r="L20" s="6">
         <v>32.4</v>
       </c>
       <c r="M20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1327511/509261</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence (5 classes)</t>
+            <t xml:space="preserve">tree species (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>