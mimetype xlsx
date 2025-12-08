--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>biomass of living trees, aboveground</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Mio kg</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: million kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...57 lines deleted...]
-    <t>Mio kg</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4-km grid</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>million kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1327692/509442</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der lebenden Bäume, oberirdisch</t>
+      <t xml:space="preserve">biomass of living trees, aboveground</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #19</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der oberirdischen Teile der lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Dieses setzt sich aus den Baumteilen Schaftholz, Astholz und Nadeln/Blätter zusammen.</t>
+    <t>Dry weight (mass) of the aboveground parts of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The tree parts included are: stemwood, branchwood and needles/leaves.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,80 +730,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -1484,51 +1484,51 @@
         <v>21991</v>
       </c>
       <c r="AC17" s="6">
         <v>3</v>
       </c>
       <c r="AD17" s="6">
         <v>227428</v>
       </c>
       <c r="AE17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1327692/509442</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der lebenden Bäume, oberirdisch</t>
+            <t xml:space="preserve">biomass of living trees, aboveground</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #19</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>