--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>biomass of living trees, aboveground</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1327772/509522</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der lebenden Bäume, oberirdisch</t>
+      <t xml:space="preserve">biomass of living trees, aboveground</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #19</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der oberirdischen Teile der lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Dieses setzt sich aus den Baumteilen Schaftholz, Astholz und Nadeln/Blätter zusammen.</t>
+    <t>Dry weight (mass) of the aboveground parts of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The tree parts included are: stemwood, branchwood and needles/leaves.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>136.5</v>
       </c>
       <c r="K17" s="6">
         <v>3</v>
       </c>
       <c r="L17" s="6">
         <v>186.9</v>
       </c>
       <c r="M17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1327772/509522</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der lebenden Bäume, oberirdisch</t>
+            <t xml:space="preserve">biomass of living trees, aboveground</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #19</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>