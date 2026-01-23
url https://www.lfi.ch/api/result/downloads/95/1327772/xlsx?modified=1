--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>biomassa epigea degli alberi vivi</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1327772/509522</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of living trees, aboveground</t>
+      <t xml:space="preserve">biomassa epigea degli alberi vivi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #19</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the aboveground parts of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The tree parts included are: stemwood, branchwood and needles/leaves.</t>
+    <t>Peso secco (massa) delle parti sopraterrene degli alberi e arbusti vivi di almeno 12 cm di diametro a petto d'uomo (DPU). È composto dal legno del fusto, dal legno dei rami e dagli aghi/foglie.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>136.5</v>
       </c>
       <c r="K17" s="6">
         <v>3</v>
       </c>
       <c r="L17" s="6">
         <v>186.9</v>
       </c>
       <c r="M17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1327772/509522</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of living trees, aboveground</t>
+            <t xml:space="preserve">biomassa epigea degli alberi vivi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #19</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>