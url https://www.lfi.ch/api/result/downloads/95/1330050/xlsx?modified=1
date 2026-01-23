--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,483 +14,483 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>total number of stems with two most important forms of damages divided by total number of stems</t>
+    <t>numero totale di fusti con danni (due danni principali) diviso per numero totale di fusti</t>
   </si>
   <si>
-    <t>slope (in 20% classes) · type of damage to trees (13 classes)</t>
+    <t>pendenza (classi di 20%) · danni agli alberi (13 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>regione economica</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Giura Ovest</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Giura Est</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Altopiano Ovest</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Altopiano Centro</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Altopiano Est</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Prealpi Ovest</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Prealpi Centro</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Prealpi Est</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpi Nord-Ovest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpi Centro</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpi Nord-Est</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpi Sud-Ovest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpi Sud-Est</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>slope (in 20% classes)</t>
+    <t>pendenza (classi di 20%)</t>
   </si>
   <si>
-    <t>type of damage to trees (13 classes)</t>
+    <t>danni agli alberi (13 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no visible damage</t>
+    <t>nessun danno visibile</t>
   </si>
   <si>
-    <t>exposed wood core</t>
+    <t>scortecciamento</t>
   </si>
   <si>
-    <t>crack, woundwood rib</t>
+    <t>fessura, cretto</t>
   </si>
   <si>
-    <t>stem breakage</t>
+    <t>stroncatura</t>
   </si>
   <si>
-    <t>defoliation &gt;50%</t>
+    <t>trasparenza della chioma &gt;50%</t>
   </si>
   <si>
-    <t>canker</t>
+    <t>cancro</t>
   </si>
   <si>
-    <t>bark necrosis</t>
+    <t>necrosi della corteccia</t>
   </si>
   <si>
-    <t>resinosis</t>
+    <t>colata di resina</t>
   </si>
   <si>
-    <t>inclusion</t>
+    <t>corpi estranei</t>
   </si>
   <si>
-    <t>stag-headedness</t>
+    <t>cima secca</t>
   </si>
   <si>
-    <t>other type of damage</t>
+    <t>altri danni</t>
   </si>
   <si>
-    <t>lying living trees</t>
+    <t>alberi vivi a terra</t>
   </si>
   <si>
-    <t>dead trees</t>
+    <t>alberi morti</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>to 20%</t>
+    <t>fino al 20%</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1330050/511800</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems with two most important forms of damages</t>
+      <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #415</t>
     </r>
   </si>
   <si>
-    <t>Number of living and dead trees and shrubs (standing and lying) ≥12 cm diameter at breast heigth (dbh) with damage. Only the two most important forms of damage to a tree are recorded. Since a tree may be damaged in different ways, it may contribute more than once to the total number of stems with the two most important forms of damage.</t>
+    <t>Numero di fusti degli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU) con danni. Vengono considerati solamente i due danni principali di un albero. Visto che un albero può avere diversi danni, esso può contribuire più volte al numero totale di fusti danneggiati.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">numero totale di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">slope (in 20% classes)</t>
+      <t xml:space="preserve">pendenza (classi di 20%)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Slope in classes of 20%. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Pendenza in classi di 20%. Fonte: modello digitale DHm²5 di Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of damage to trees (13 classes)</t>
+      <t xml:space="preserve">danni agli alberi (13 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2667</t>
     </r>
   </si>
   <si>
-    <t>Type of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) – in thirteen classes. Eleven of these classes focus exclusively on standing living trees and shrubs with dbh ≥12 cm, while one class applies to lying living trees and shrubs with dbh ≥12 cm , and one to dead trees and shrubs with dbh ≥12 cm. Reference: Field Survey (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
+    <t>Danni agli alberi e agli arbusti a partire da 12 cm di diametro a petto d'uomo (DPU), suddivisi in 13 classi. Undici di queste classi riguardano esclusivamente gli alberi e gli arbusti vivi in piedi con un DPU di 12 cm o più, mentre una classe è formata dagli alberi e dagli arbusti vivi a terra e un'altra dagli alberi e dagli arbusti morti con un DPU di 12 cm o più. Fonte: rilievo sul terreno (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -842,52 +842,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -12663,51 +12663,51 @@
         <v>29</v>
       </c>
       <c r="AD132" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE132" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AF132" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="133" spans="1:32" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1330050/511800</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
@@ -12723,261 +12723,261 @@
       <c r="V133" s="3"/>
       <c r="W133" s="3"/>
       <c r="X133" s="3"/>
       <c r="Y133" s="3"/>
       <c r="Z133" s="3"/>
       <c r="AA133" s="3"/>
       <c r="AB133" s="3"/>
       <c r="AC133" s="3"/>
       <c r="AD133" s="3"/>
       <c r="AE133" s="3"/>
       <c r="AF133" s="3"/>
     </row>
     <row r="136" spans="1:32">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems with two most important forms of damages</t>
+            <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #415</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:32" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="139" spans="1:32">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">numero totale di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:32" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="142" spans="1:32">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">slope (in 20% classes)</t>
+            <t xml:space="preserve">pendenza (classi di 20%)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:32" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="145" spans="1:32">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of damage to trees (13 classes)</t>
+            <t xml:space="preserve">danni agli alberi (13 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2667</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:32" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="148" spans="1:32">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:32" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="151" spans="1:32">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:32" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="154" spans="1:32">
       <c r="A154" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="155" spans="1:32" customHeight="1" ht="29">
       <c r="A155" s="1" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>