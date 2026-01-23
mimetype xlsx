--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,456 +14,456 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Gesamtstammzahl mit den zwei wichtigsten Schäden geteilt durch Gesamtstammzahl</t>
+    <t>numero totale di fusti con danni (due danni principali) diviso per numero totale di fusti</t>
   </si>
   <si>
-    <t>Neigung (20%-Klassen) · Art der Baumschäden (13 Klassen)</t>
+    <t>pendenza (classi di 20%) · danni agli alberi (13 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Produktionsregion</t>
+    <t>regione di produzione</t>
   </si>
   <si>
-    <t>Jura</t>
+    <t>Giura</t>
   </si>
   <si>
-    <t>Mittelland</t>
+    <t>Altopiano</t>
   </si>
   <si>
-    <t>Voralpen</t>
+    <t>Prealpi</t>
   </si>
   <si>
-    <t>Alpen</t>
+    <t>Alpi</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Neigung (20%-Klassen)</t>
+    <t>pendenza (classi di 20%)</t>
   </si>
   <si>
-    <t>Art der Baumschäden (13 Klassen)</t>
+    <t>danni agli alberi (13 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>kein sichtbarer Schaden</t>
+    <t>nessun danno visibile</t>
   </si>
   <si>
-    <t>freigelegter Holzkörper</t>
+    <t>scortecciamento</t>
   </si>
   <si>
-    <t>Riss, Leiste</t>
+    <t>fessura, cretto</t>
   </si>
   <si>
-    <t>Schaftbruch</t>
+    <t>stroncatura</t>
   </si>
   <si>
-    <t>Kronenverlichtung &gt;50%</t>
+    <t>trasparenza della chioma &gt;50%</t>
   </si>
   <si>
-    <t>Krebs</t>
+    <t>cancro</t>
   </si>
   <si>
-    <t>Rindennekrose</t>
+    <t>necrosi della corteccia</t>
   </si>
   <si>
-    <t>Harzfluss</t>
+    <t>colata di resina</t>
   </si>
   <si>
-    <t>Einschluss</t>
+    <t>corpi estranei</t>
   </si>
   <si>
-    <t>Gipfeldürre</t>
+    <t>cima secca</t>
   </si>
   <si>
-    <t>anderer Schaden</t>
+    <t>altri danni</t>
   </si>
   <si>
-    <t>liegende lebende Bäume</t>
+    <t>alberi vivi a terra</t>
   </si>
   <si>
-    <t>tote Bäume</t>
+    <t>alberi morti</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>bis 20 %</t>
+    <t>fino al 20%</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1330052/511802</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
+      <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #415</t>
     </r>
   </si>
   <si>
-    <t>Anzahl lebende und tote Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) mit Schäden. Berücksichtigt werden nur die zwei wichtigsten Schäden an einem Baum. Da ein Baum mehrere Schäden aufweisen kann, kann er mehrmals zur Gesamtstammzahl mit den zwei wichtigsten Schäden beitragen.</t>
+    <t>Numero di fusti degli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU) con danni. Vengono considerati solamente i due danni principali di un albero. Visto che un albero può avere diversi danni, esso può contribuire più volte al numero totale di fusti danneggiati.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl</t>
+      <t xml:space="preserve">numero totale di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Neigung (20%-Klassen)</t>
+      <t xml:space="preserve">pendenza (classi di 20%)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Hangneigung in Klassen zu 20%. Grundlage: digitales Höhenmodell DHm²5 von Swisstopo</t>
+    <t>Pendenza in classi di 20%. Fonte: modello digitale DHm²5 di Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Art der Baumschäden (13 Klassen)</t>
+      <t xml:space="preserve">danni agli alberi (13 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2667</t>
     </r>
   </si>
   <si>
-    <t>Schäden an Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD) in 13 Klassen. Elf dieser Klassen beziehen sich ausschliesslich auf die stehenden lebenden Bäume und Sträucher ab 12 cm BHD, je eine Klasse bilden die liegenden lebenden (grünen) Bäume und Sträucher und die toten Bäume und Sträucher ab 12 cm BHD. Grundlage: Feldaufnahme (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
+    <t>Danni agli alberi e agli arbusti a partire da 12 cm di diametro a petto d'uomo (DPU), suddivisi in 13 classi. Undici di queste classi riguardano esclusivamente gli alberi e gli arbusti vivi in piedi con un DPU di 12 cm o più, mentre una classe è formata dagli alberi e dagli arbusti vivi a terra e un'altra dagli alberi e dagli arbusti morti con un DPU di 12 cm o più. Fonte: rilievo sul terreno (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -815,52 +815,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -6030,303 +6030,303 @@
         <v>20</v>
       </c>
       <c r="L132" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M132" s="6" t="s">
         <v>20</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:14" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1330052/511802</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
       <c r="M133" s="3"/>
       <c r="N133" s="3"/>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
+            <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #415</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:14" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl</t>
+            <t xml:space="preserve">numero totale di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:14" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Neigung (20%-Klassen)</t>
+            <t xml:space="preserve">pendenza (classi di 20%)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:14" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Art der Baumschäden (13 Klassen)</t>
+            <t xml:space="preserve">danni agli alberi (13 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2667</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:14" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:14" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:14" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="155" spans="1:14" customHeight="1" ht="29">
       <c r="A155" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>