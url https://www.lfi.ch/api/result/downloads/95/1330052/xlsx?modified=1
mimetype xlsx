--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,456 +14,456 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>numero totale di fusti con danni (due danni principali) diviso per numero totale di fusti</t>
+    <t>total number of stems with two most important forms of damages divided by total number of stems</t>
   </si>
   <si>
-    <t>pendenza (classi di 20%) · danni agli alberi (13 classi)</t>
+    <t>slope (in 20% classes) · type of damage to trees (13 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>regione di produzione</t>
+    <t>production region</t>
   </si>
   <si>
-    <t>Giura</t>
+    <t>Jura</t>
   </si>
   <si>
-    <t>Altopiano</t>
+    <t>Plateau</t>
   </si>
   <si>
-    <t>Prealpi</t>
+    <t>Pre-Alps</t>
   </si>
   <si>
-    <t>Alpi</t>
+    <t>Alps</t>
   </si>
   <si>
-    <t>Sud delle Alpi</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>pendenza (classi di 20%)</t>
+    <t>slope (in 20% classes)</t>
   </si>
   <si>
-    <t>danni agli alberi (13 classi)</t>
+    <t>type of damage to trees (13 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessun danno visibile</t>
+    <t>no visible damage</t>
   </si>
   <si>
-    <t>scortecciamento</t>
+    <t>exposed wood core</t>
   </si>
   <si>
-    <t>fessura, cretto</t>
+    <t>crack, woundwood rib</t>
   </si>
   <si>
-    <t>stroncatura</t>
+    <t>stem breakage</t>
   </si>
   <si>
-    <t>trasparenza della chioma &gt;50%</t>
+    <t>defoliation &gt;50%</t>
   </si>
   <si>
-    <t>cancro</t>
+    <t>canker</t>
   </si>
   <si>
-    <t>necrosi della corteccia</t>
+    <t>bark necrosis</t>
   </si>
   <si>
-    <t>colata di resina</t>
+    <t>resinosis</t>
   </si>
   <si>
-    <t>corpi estranei</t>
+    <t>inclusion</t>
   </si>
   <si>
-    <t>cima secca</t>
+    <t>stag-headedness</t>
   </si>
   <si>
-    <t>altri danni</t>
+    <t>other type of damage</t>
   </si>
   <si>
-    <t>alberi vivi a terra</t>
+    <t>lying living trees</t>
   </si>
   <si>
-    <t>alberi morti</t>
+    <t>dead trees</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>fino al 20%</t>
+    <t>to 20%</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1330052/511802</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
+      <t xml:space="preserve">total number of stems with two most important forms of damages</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #415</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti degli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU) con danni. Vengono considerati solamente i due danni principali di un albero. Visto che un albero può avere diversi danni, esso può contribuire più volte al numero totale di fusti danneggiati.</t>
+    <t>Number of living and dead trees and shrubs (standing and lying) ≥12 cm diameter at breast heigth (dbh) with damage. Only the two most important forms of damage to a tree are recorded. Since a tree may be damaged in different ways, it may contribute more than once to the total number of stems with the two most important forms of damage.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero totale di fusti</t>
+      <t xml:space="preserve">total number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
+    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">pendenza (classi di 20%)</t>
+      <t xml:space="preserve">slope (in 20% classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Pendenza in classi di 20%. Fonte: modello digitale DHm²5 di Swisstopo</t>
+    <t>Slope in classes of 20%. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">danni agli alberi (13 classi)</t>
+      <t xml:space="preserve">type of damage to trees (13 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2667</t>
     </r>
   </si>
   <si>
-    <t>Danni agli alberi e agli arbusti a partire da 12 cm di diametro a petto d'uomo (DPU), suddivisi in 13 classi. Undici di queste classi riguardano esclusivamente gli alberi e gli arbusti vivi in piedi con un DPU di 12 cm o più, mentre una classe è formata dagli alberi e dagli arbusti vivi a terra e un'altra dagli alberi e dagli arbusti morti con un DPU di 12 cm o più. Fonte: rilievo sul terreno (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
+    <t>Type of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) – in thirteen classes. Eleven of these classes focus exclusively on standing living trees and shrubs with dbh ≥12 cm, while one class applies to lying living trees and shrubs with dbh ≥12 cm , and one to dead trees and shrubs with dbh ≥12 cm. Reference: Field Survey (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -815,52 +815,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -6030,303 +6030,303 @@
         <v>20</v>
       </c>
       <c r="L132" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M132" s="6" t="s">
         <v>20</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:14" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1330052/511802</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
       <c r="M133" s="3"/>
       <c r="N133" s="3"/>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
+            <t xml:space="preserve">total number of stems with two most important forms of damages</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #415</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:14" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero totale di fusti</t>
+            <t xml:space="preserve">total number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:14" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">pendenza (classi di 20%)</t>
+            <t xml:space="preserve">slope (in 20% classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:14" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">danni agli alberi (13 classi)</t>
+            <t xml:space="preserve">type of damage to trees (13 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2667</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:14" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:14" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:14" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="155" spans="1:14" customHeight="1" ht="29">
       <c r="A155" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>