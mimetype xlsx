--- v0 (2026-01-08)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (12 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of stumps</t>
+  </si>
+  <si>
+    <t>forest type (12 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,273 +172,273 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>unzugänglicher Wald</t>
-[...35 lines deleted...]
-    <t>Total</t>
+    <t>inaccessible forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>permanently unstocked forest area</t>
+  </si>
+  <si>
+    <t>forest aisle, embankment</t>
+  </si>
+  <si>
+    <t>permanently open stand</t>
+  </si>
+  <si>
+    <t>(nut) orchard, plantation</t>
+  </si>
+  <si>
+    <t>coppice forest</t>
+  </si>
+  <si>
+    <t>coppice with standards</t>
+  </si>
+  <si>
+    <t>selection type high forest</t>
+  </si>
+  <si>
+    <t>non-uniform high forest</t>
+  </si>
+  <si>
+    <t>incomplete survey</t>
+  </si>
+  <si>
+    <t>uniform high forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1331201/512951</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der Stöcke</t>
+      <t xml:space="preserve">biomass of stumps</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
+    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+      <t xml:space="preserve">forest type (12 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -790,51 +790,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -3477,51 +3477,51 @@
         <v>100.0</v>
       </c>
       <c r="AY26" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ26" s="6">
         <v>100.0</v>
       </c>
       <c r="BA26" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1331201/512951</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -3559,191 +3559,191 @@
       <c r="AQ27" s="3"/>
       <c r="AR27" s="3"/>
       <c r="AS27" s="3"/>
       <c r="AT27" s="3"/>
       <c r="AU27" s="3"/>
       <c r="AV27" s="3"/>
       <c r="AW27" s="3"/>
       <c r="AX27" s="3"/>
       <c r="AY27" s="3"/>
       <c r="AZ27" s="3"/>
       <c r="BA27" s="3"/>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der Stöcke</t>
+            <t xml:space="preserve">biomass of stumps</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+            <t xml:space="preserve">forest type (12 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="39" spans="1:53">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:53" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:53">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:53" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>