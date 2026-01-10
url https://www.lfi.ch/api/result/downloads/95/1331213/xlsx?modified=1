--- v0 (2025-11-19)
+++ v1 (2026-01-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (12 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa delle ceppaie</t>
+  </si>
+  <si>
+    <t>tipo di bosco (12 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,273 +172,273 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>unzugänglicher Wald</t>
-[...35 lines deleted...]
-    <t>Total</t>
+    <t>bosco non accessibile</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
+  </si>
+  <si>
+    <t>superficie forestale perennemente non boscata</t>
+  </si>
+  <si>
+    <t>striscia aperta nel soprassuolo e scarpata</t>
+  </si>
+  <si>
+    <t>soprassuolo perennemente aperto</t>
+  </si>
+  <si>
+    <t>selva, arboricoltura</t>
+  </si>
+  <si>
+    <t>ceduo</t>
+  </si>
+  <si>
+    <t>ceduo composto</t>
+  </si>
+  <si>
+    <t>fustaia a struttura disetanea</t>
+  </si>
+  <si>
+    <t>fustaia irregolare</t>
+  </si>
+  <si>
+    <t>rilevamento incompleto</t>
+  </si>
+  <si>
+    <t>fustaia regolare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1331213/512963</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der Stöcke</t>
+      <t xml:space="preserve">biomassa delle ceppaie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
+    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+      <t xml:space="preserve">tipo di bosco (12 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -790,51 +790,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -3477,51 +3477,51 @@
         <v>100.0</v>
       </c>
       <c r="AY26" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ26" s="6">
         <v>100.0</v>
       </c>
       <c r="BA26" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1331213/512963</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -3559,191 +3559,191 @@
       <c r="AQ27" s="3"/>
       <c r="AR27" s="3"/>
       <c r="AS27" s="3"/>
       <c r="AT27" s="3"/>
       <c r="AU27" s="3"/>
       <c r="AV27" s="3"/>
       <c r="AW27" s="3"/>
       <c r="AX27" s="3"/>
       <c r="AY27" s="3"/>
       <c r="AZ27" s="3"/>
       <c r="BA27" s="3"/>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der Stöcke</t>
+            <t xml:space="preserve">biomassa delle ceppaie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+            <t xml:space="preserve">tipo di bosco (12 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="39" spans="1:53">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:53" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:53">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:53" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>