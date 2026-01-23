--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (12 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa delle ceppaie</t>
+  </si>
+  <si>
+    <t>tipo di bosco (12 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...27 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>unzugänglicher Wald</t>
-[...35 lines deleted...]
-    <t>Total</t>
+    <t>bosco non accessibile</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
+  </si>
+  <si>
+    <t>superficie forestale perennemente non boscata</t>
+  </si>
+  <si>
+    <t>striscia aperta nel soprassuolo e scarpata</t>
+  </si>
+  <si>
+    <t>soprassuolo perennemente aperto</t>
+  </si>
+  <si>
+    <t>selva, arboricoltura</t>
+  </si>
+  <si>
+    <t>ceduo</t>
+  </si>
+  <si>
+    <t>ceduo composto</t>
+  </si>
+  <si>
+    <t>fustaia a struttura disetanea</t>
+  </si>
+  <si>
+    <t>fustaia irregolare</t>
+  </si>
+  <si>
+    <t>rilevamento incompleto</t>
+  </si>
+  <si>
+    <t>fustaia regolare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1331220/512970</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der Stöcke</t>
+      <t xml:space="preserve">biomassa delle ceppaie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
+    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+      <t xml:space="preserve">tipo di bosco (12 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1457,233 +1457,233 @@
         <v>236</v>
       </c>
       <c r="K26" s="6">
         <v>15</v>
       </c>
       <c r="L26" s="6">
         <v>4740</v>
       </c>
       <c r="M26" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1331220/512970</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der Stöcke</t>
+            <t xml:space="preserve">biomassa delle ceppaie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+            <t xml:space="preserve">tipo di bosco (12 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>