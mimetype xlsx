--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tipo di bosco (12 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of stumps</t>
+  </si>
+  <si>
+    <t>forest type (12 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Mio kg</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: million kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...33 lines deleted...]
-    <t>Mio kg</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>million kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bosco non accessibile</t>
-[...35 lines deleted...]
-    <t>totale</t>
+    <t>inaccessible forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>permanently unstocked forest area</t>
+  </si>
+  <si>
+    <t>forest aisle, embankment</t>
+  </si>
+  <si>
+    <t>permanently open stand</t>
+  </si>
+  <si>
+    <t>(nut) orchard, plantation</t>
+  </si>
+  <si>
+    <t>coppice forest</t>
+  </si>
+  <si>
+    <t>coppice with standards</t>
+  </si>
+  <si>
+    <t>selection type high forest</t>
+  </si>
+  <si>
+    <t>non-uniform high forest</t>
+  </si>
+  <si>
+    <t>incomplete survey</t>
+  </si>
+  <si>
+    <t>uniform high forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1331229/512979</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomassa delle ceppaie</t>
+      <t xml:space="preserve">biomass of stumps</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
+    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (12 classi)</t>
+      <t xml:space="preserve">forest type (12 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,64 +733,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1558,235 +1558,235 @@
         <v>264</v>
       </c>
       <c r="M26" s="6">
         <v>13</v>
       </c>
       <c r="N26" s="6">
         <v>5001</v>
       </c>
       <c r="O26" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1331229/512979</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomassa delle ceppaie</t>
+            <t xml:space="preserve">biomass of stumps</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (12 classi)</t>
+            <t xml:space="preserve">forest type (12 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>