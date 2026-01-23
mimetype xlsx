--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (12 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der Stöcke</t>
+  </si>
+  <si>
+    <t>Waldtyp (12 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>unzugänglicher Wald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
+  </si>
+  <si>
+    <t>dauernd nicht bestockte Waldfläche</t>
+  </si>
+  <si>
+    <t>Schneise, Böschung</t>
+  </si>
+  <si>
+    <t>dauernd aufgelöste Bestockung</t>
+  </si>
+  <si>
+    <t>Selve, Plantage</t>
+  </si>
+  <si>
+    <t>Niederwald</t>
+  </si>
+  <si>
+    <t>Mittelwald</t>
+  </si>
+  <si>
+    <t>plenterartiger Hochwald</t>
+  </si>
+  <si>
+    <t>ungleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>unvollständige Aufnahme</t>
+  </si>
+  <si>
+    <t>gleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1331235/512985</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of stumps</t>
+      <t xml:space="preserve">Biomasse der Stöcke</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
+    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (12 classes)</t>
+      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1457,233 +1457,233 @@
         <v>2.0</v>
       </c>
       <c r="K26" s="6">
         <v>14</v>
       </c>
       <c r="L26" s="6">
         <v>4.5</v>
       </c>
       <c r="M26" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1331235/512985</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of stumps</t>
+            <t xml:space="preserve">Biomasse der Stöcke</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (12 classes)</t>
+            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>