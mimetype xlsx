--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,445 +14,445 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>number of stems (standing living trees) with microhabitat</t>
+    <t>numero di fusti (alberi vivi in piedi) con microhabitat</t>
   </si>
   <si>
-    <t>microhabitats (20 classes) · diameter at breast height (in 20 cm classes)</t>
+    <t>microhabitat (20 classi) · diametro a petto d'uomo (classi di 20 cm)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>production region</t>
+    <t>regione di produzione</t>
   </si>
   <si>
-    <t>Jura</t>
+    <t>Giura</t>
   </si>
   <si>
-    <t>Plateau</t>
+    <t>Altopiano</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
+    <t>Prealpi</t>
   </si>
   <si>
-    <t>Alps</t>
+    <t>Alpi</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>microhabitats (20 classes)</t>
+    <t>microhabitat (20 classi)</t>
   </si>
   <si>
-    <t>diameter at breast height (in 20 cm classes)</t>
+    <t>diametro a petto d'uomo (classi di 20 cm)</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-40 cm</t>
   </si>
   <si>
     <t>41-60 cm</t>
   </si>
   <si>
     <t>61-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>woodpecker breeding cavity</t>
+    <t>cavità di nidificazione di picidi</t>
   </si>
   <si>
-    <t>cavity (&lt;5 cm depth)</t>
+    <t>cavità superficiale (&lt;5 cm di profondità)</t>
   </si>
   <si>
-    <t>cavity (&gt;5 cm depth)</t>
+    <t>cavità (&gt;5 cm di profondità)</t>
   </si>
   <si>
-    <t>damage from insects</t>
+    <t>danni da insetti</t>
   </si>
   <si>
-    <t>dendrotelm</t>
+    <t>dendrotelma</t>
   </si>
   <si>
-    <t>buttress-root concavity</t>
+    <t>cavità nei contrafforti radicali</t>
   </si>
   <si>
-    <t>bark loss</t>
+    <t>scortecciamento</t>
   </si>
   <si>
-    <t>fire scar</t>
+    <t>lesione da fuoco</t>
   </si>
   <si>
-    <t>bark shelter/pocket</t>
+    <t>tasca nella corteccia</t>
   </si>
   <si>
-    <t>fresh stem/large branch breakage</t>
+    <t>fusto spezzato fresco</t>
   </si>
   <si>
-    <t>broad crack</t>
+    <t>fessura larga</t>
   </si>
   <si>
-    <t>crown deadwood</t>
+    <t>legno morto nella chioma</t>
   </si>
   <si>
-    <t>canker or burrs</t>
+    <t>cancro o tumore</t>
   </si>
   <si>
-    <t>perennial fungal fruiting body</t>
+    <t>corpo fruttifero di fungini perenni</t>
   </si>
   <si>
-    <t>ephemeral fungal fruiting body</t>
+    <t>corpo fruttifero di funghi effimeri</t>
   </si>
   <si>
-    <t>bryophytes &gt;10%</t>
+    <t>muschi &gt;10%</t>
   </si>
   <si>
-    <t>lichens &gt;10%</t>
+    <t>licheni &gt;10%</t>
   </si>
   <si>
-    <t>ivy &gt;10%</t>
+    <t>edera &gt;10%</t>
   </si>
   <si>
-    <t>resinosis</t>
+    <t xml:space="preserve">colata di resina </t>
   </si>
   <si>
-    <t>other microhabitats</t>
+    <t>altri microhabitat</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1331248/512998</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
+      <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #402</t>
     </r>
   </si>
   <si>
-    <t>Number of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) on which a microhabitat was found. Since various microhabitats at a time may be found on the same tree, the tree may contribute to the number of stems (standing-living) of several different microhabitats. Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
+    <t>Numero di alberi e arbusti vivi in piedi a partire da 12 cm di diametro a petto d'uomo, sui quali è stato rilevato un microhabitat. Visto che un albero può presentare contemporaneamente più microhabitat, esso può contribuire al numero di fusti (vivi e in piedi) di diversi microhabitat. Vengono considerati microhabitat: corpi fruttiferi fungini; tronco ricoperto per più del 10% da muschi, licheni o edera; cavità di nidificazione di picidi; cavità poco profonda dell'albero; ampia fessura; tasca nella corteccia; fusto o branca spezzata con durame esposto; dendrotelma; tumore o cancro; cavità nei contrafforti radicali; cavità profonda dell'albero; scortecciamento a partire dalla dimensione di una mano; cima secca; flusso di resina; danni da insetti (base del tronco/tronco/fusto); rami morti &gt;20%.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">microhabitats (20 classes)</t>
+      <t xml:space="preserve">microhabitat (20 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2360</t>
     </r>
   </si>
   <si>
-    <t>Type of microhabitat that occurs at least once on a tree or shrub ≥12 cm in diameter at breast height (dbh). Reference: Field Survey (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
+    <t>Tipo di microhabitat presente almeno una volta su un albero o un arbusto a partire da 12 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (in 20 cm classes)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2540</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of trees and shrubs ≥12 cm – in classes of 20 cm. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU in classi da 20 cm. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -804,52 +804,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N186"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="51.702" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -7475,268 +7475,268 @@
         <v>20</v>
       </c>
       <c r="L166" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M166" s="6" t="s">
         <v>20</v>
       </c>
       <c r="N166" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="167" spans="1:14" customHeight="1" ht="21.75">
       <c r="A167" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1331248/512998</t>
           </r>
         </is>
       </c>
       <c r="C167" s="3"/>
       <c r="D167" s="3"/>
       <c r="E167" s="3"/>
       <c r="F167" s="3"/>
       <c r="G167" s="3"/>
       <c r="H167" s="3"/>
       <c r="I167" s="3"/>
       <c r="J167" s="3"/>
       <c r="K167" s="3"/>
       <c r="L167" s="3"/>
       <c r="M167" s="3"/>
       <c r="N167" s="3"/>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
+            <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #402</t>
           </r>
         </is>
       </c>
     </row>
     <row r="171" spans="1:14" customHeight="1" ht="29">
       <c r="A171" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">microhabitats (20 classes)</t>
+            <t xml:space="preserve">microhabitat (20 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2360</t>
           </r>
         </is>
       </c>
     </row>
     <row r="174" spans="1:14" customHeight="1" ht="29">
       <c r="A174" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (in 20 cm classes)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2540</t>
           </r>
         </is>
       </c>
     </row>
     <row r="177" spans="1:14" customHeight="1" ht="29">
       <c r="A177" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="180" spans="1:14" customHeight="1" ht="29">
       <c r="A180" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="183" spans="1:14" customHeight="1" ht="29">
       <c r="A183" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="186" spans="1:14" customHeight="1" ht="29">
       <c r="A186" s="1" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>