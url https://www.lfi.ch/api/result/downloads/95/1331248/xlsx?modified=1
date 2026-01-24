--- v1 (2026-01-23)
+++ v2 (2026-01-24)
@@ -14,445 +14,445 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
-    <t>IFN5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>numero di fusti (alberi vivi in piedi) con microhabitat</t>
+    <t>Stammzahl (stehend-lebend) mit Mikrohabitat</t>
   </si>
   <si>
-    <t>microhabitat (20 classi) · diametro a petto d'uomo (classi di 20 cm)</t>
+    <t>Mikrohabitate (20 Klassen) · Brusthöhendurchmesser (20-cm-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>regione di produzione</t>
+    <t>Produktionsregion</t>
   </si>
   <si>
-    <t>Giura</t>
+    <t>Jura</t>
   </si>
   <si>
-    <t>Altopiano</t>
+    <t>Mittelland</t>
   </si>
   <si>
-    <t>Prealpi</t>
+    <t>Voralpen</t>
   </si>
   <si>
-    <t>Alpi</t>
+    <t>Alpen</t>
   </si>
   <si>
-    <t>Sud delle Alpi</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>microhabitat (20 classi)</t>
+    <t>Mikrohabitate (20 Klassen)</t>
   </si>
   <si>
-    <t>diametro a petto d'uomo (classi di 20 cm)</t>
+    <t>Brusthöhendurchmesser (20-cm-Klassen)</t>
   </si>
   <si>
-    <t>n/ha</t>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-40 cm</t>
   </si>
   <si>
     <t>41-60 cm</t>
   </si>
   <si>
     <t>61-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>cavità di nidificazione di picidi</t>
+    <t>Spechtbruthöhle</t>
   </si>
   <si>
-    <t>cavità superficiale (&lt;5 cm di profondità)</t>
+    <t>flache Baumhöhle (&lt;5 cm tief)</t>
   </si>
   <si>
-    <t>cavità (&gt;5 cm di profondità)</t>
+    <t>Baumhöhle (&gt;5 cm tief)</t>
   </si>
   <si>
-    <t>danni da insetti</t>
+    <t>Insektenschaden</t>
   </si>
   <si>
-    <t>dendrotelma</t>
+    <t>Dendrotelm</t>
   </si>
   <si>
-    <t>cavità nei contrafforti radicali</t>
+    <t>Stammfusshöhle</t>
   </si>
   <si>
-    <t>scortecciamento</t>
+    <t xml:space="preserve">Holz ohne Rinde </t>
   </si>
   <si>
-    <t>lesione da fuoco</t>
+    <t>Brandnarbe</t>
   </si>
   <si>
-    <t>tasca nella corteccia</t>
+    <t>Rindentasche</t>
   </si>
   <si>
-    <t>fusto spezzato fresco</t>
+    <t>frischer Bruch</t>
   </si>
   <si>
-    <t>fessura larga</t>
+    <t>breiter Spalt</t>
   </si>
   <si>
-    <t>legno morto nella chioma</t>
+    <t>Kronentotholz</t>
   </si>
   <si>
-    <t>cancro o tumore</t>
+    <t>Krebs oder Maserknollen</t>
   </si>
   <si>
-    <t>corpo fruttifero di fungini perenni</t>
+    <t>grosser, mehrjähriger Pilzfruchtkörper</t>
   </si>
   <si>
-    <t>corpo fruttifero di funghi effimeri</t>
+    <t>kurzlebiger Pilzfruchtkörper</t>
   </si>
   <si>
-    <t>muschi &gt;10%</t>
+    <t>mehr als 10% Moose</t>
   </si>
   <si>
-    <t>licheni &gt;10%</t>
+    <t>mehr als 10% Flechten</t>
   </si>
   <si>
-    <t>edera &gt;10%</t>
+    <t>mehr als 10% Efeu</t>
   </si>
   <si>
-    <t xml:space="preserve">colata di resina </t>
+    <t>Harzfluss</t>
   </si>
   <si>
-    <t>altri microhabitat</t>
+    <t>übrige Mikrohabitate</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1331248/512998</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
+      <t xml:space="preserve">Stammzahl (stehend-lebend) mit Mikrohabitat</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #402</t>
     </r>
   </si>
   <si>
-    <t>Numero di alberi e arbusti vivi in piedi a partire da 12 cm di diametro a petto d'uomo, sui quali è stato rilevato un microhabitat. Visto che un albero può presentare contemporaneamente più microhabitat, esso può contribuire al numero di fusti (vivi e in piedi) di diversi microhabitat. Vengono considerati microhabitat: corpi fruttiferi fungini; tronco ricoperto per più del 10% da muschi, licheni o edera; cavità di nidificazione di picidi; cavità poco profonda dell'albero; ampia fessura; tasca nella corteccia; fusto o branca spezzata con durame esposto; dendrotelma; tumore o cancro; cavità nei contrafforti radicali; cavità profonda dell'albero; scortecciamento a partire dalla dimensione di una mano; cima secca; flusso di resina; danni da insetti (base del tronco/tronco/fusto); rami morti &gt;20%.</t>
+    <t>Anzahl der stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), an denen ein Mikrohabitat festgestellt wurde. Da ein Baum gleichzeitig mehrere Mikrohabitate aufweisen kann, kann er zur Stammzahl (stehend-lebend) mehrerer Mikrohabitate beitragen. Als Mikrohabitate gelten: Pilzfruchtkörper; Stamm zu mehr als 10% mit Moosen, Flechten oder Efeu bewachsen; Spechtbruthöhle; flache Baumhöhle; breiter Spalt; Rindentasche; frischer Bruch; Dendrotelm; Krebs oder Maserknollen; Stammfusshöhle; tiefe Baumhöhle; Holzkörper frei ab einer Handfläche; gipfeldürr; Harzfluss; Insektenschaden (Stammfuss/Stamm/Schaft); &gt;20% Dürrastanteil.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">microhabitat (20 classi)</t>
+      <t xml:space="preserve">Mikrohabitate (20 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2360</t>
     </r>
   </si>
   <si>
-    <t>Tipo di microhabitat presente almeno una volta su un albero o un arbusto a partire da 12 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
+    <t>Art des Mikrohabitats, das mindestens einmal an einem Baum oder Strauch ab 12 cm Brusthöhendurchmesser (BHD) vorkommt. Grundlage: Feldaufnahme (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
+      <t xml:space="preserve">Brusthöhendurchmesser (20-cm-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2540</t>
     </r>
   </si>
   <si>
-    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU in classi da 20 cm. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in Klassen zu 20 cm. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -804,63 +804,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N186"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" t="s">
@@ -7475,268 +7475,268 @@
         <v>20</v>
       </c>
       <c r="L166" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M166" s="6" t="s">
         <v>20</v>
       </c>
       <c r="N166" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="167" spans="1:14" customHeight="1" ht="21.75">
       <c r="A167" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1331248/512998</t>
           </r>
         </is>
       </c>
       <c r="C167" s="3"/>
       <c r="D167" s="3"/>
       <c r="E167" s="3"/>
       <c r="F167" s="3"/>
       <c r="G167" s="3"/>
       <c r="H167" s="3"/>
       <c r="I167" s="3"/>
       <c r="J167" s="3"/>
       <c r="K167" s="3"/>
       <c r="L167" s="3"/>
       <c r="M167" s="3"/>
       <c r="N167" s="3"/>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
+            <t xml:space="preserve">Stammzahl (stehend-lebend) mit Mikrohabitat</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #402</t>
           </r>
         </is>
       </c>
     </row>
     <row r="171" spans="1:14" customHeight="1" ht="29">
       <c r="A171" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">microhabitat (20 classi)</t>
+            <t xml:space="preserve">Mikrohabitate (20 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2360</t>
           </r>
         </is>
       </c>
     </row>
     <row r="174" spans="1:14" customHeight="1" ht="29">
       <c r="A174" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
+            <t xml:space="preserve">Brusthöhendurchmesser (20-cm-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2540</t>
           </r>
         </is>
       </c>
     </row>
     <row r="177" spans="1:14" customHeight="1" ht="29">
       <c r="A177" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="180" spans="1:14" customHeight="1" ht="29">
       <c r="A180" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="183" spans="1:14" customHeight="1" ht="29">
       <c r="A183" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="186" spans="1:14" customHeight="1" ht="29">
       <c r="A186" s="1" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>