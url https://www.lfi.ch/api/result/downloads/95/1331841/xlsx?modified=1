--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hochlagen/Tieflagen</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>area of vehicle tracks (soil disturbance)</t>
+  </si>
+  <si>
+    <t>higher/lower altitude zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: %</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Tieflagen</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>lower altitude zone</t>
+  </si>
+  <si>
+    <t>higher altitude zone</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1331841/513596</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Fläche der Fahrzeugspuren (Bodenstörung)</t>
+      <t xml:space="preserve">area of vehicle tracks (soil disturbance)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #394</t>
     </r>
   </si>
   <si>
-    <t>Fläche der deutlich erkennbaren Spuren von Holzerntefahrzeugen wie Traktoren, Forwardern und Vollerntern auf dem Waldboden.</t>
+    <t>Area with clearly visible traces on the forest floor from timber harvesting vehicles such as tractors, forwarders and harvesters.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">higher/lower altitude zone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>0.0</v>
       </c>
       <c r="M16" s="6">
         <v>100</v>
       </c>
       <c r="N16" s="6">
         <v>1.2</v>
       </c>
       <c r="O16" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1331841/513596</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Fläche der Fahrzeugspuren (Bodenstörung)</t>
+            <t xml:space="preserve">area of vehicle tracks (soil disturbance)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #394</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">higher/lower altitude zone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>