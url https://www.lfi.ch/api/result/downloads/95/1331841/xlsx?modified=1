--- v1 (2025-11-17)
+++ v2 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie delle tracce di veicoli (s. del suolo perturbata)</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: %</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1331841/513596</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of vehicle tracks (soil disturbance)</t>
+      <t xml:space="preserve">superficie delle tracce di veicoli (s. del suolo perturbata)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #394</t>
     </r>
   </si>
   <si>
-    <t>Area with clearly visible traces on the forest floor from timber harvesting vehicles such as tractors, forwarders and harvesters.</t>
+    <t>Superficie del suolo forestale con chiare tracce di veicoli per l'esbosco come trattori, esboscatrici forestali e allestitrici/raccoglitrici integrali.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>0.0</v>
       </c>
       <c r="M16" s="6">
         <v>100</v>
       </c>
       <c r="N16" s="6">
         <v>1.2</v>
       </c>
       <c r="O16" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1331841/513596</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of vehicle tracks (soil disturbance)</t>
+            <t xml:space="preserve">superficie delle tracce di veicoli (s. del suolo perturbata)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #394</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>