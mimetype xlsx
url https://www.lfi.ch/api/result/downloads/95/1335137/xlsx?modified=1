--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -14,418 +14,418 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest (2022) · main tree species</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface terrière</t>
+  </si>
+  <si>
+    <t>forêt protectrice (2022) · essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeographical region</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Northern Alps</t>
-[...17 lines deleted...]
-    <t>main tree species</t>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>forêt protectrice (2022)</t>
+  </si>
+  <si>
+    <t>essence principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...35 lines deleted...]
-    <t>indeterminable</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>pin</t>
+  </si>
+  <si>
+    <t>mélèze</t>
+  </si>
+  <si>
+    <t>arole</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>érable</t>
+  </si>
+  <si>
+    <t>frêne</t>
+  </si>
+  <si>
+    <t>chêne</t>
+  </si>
+  <si>
+    <t>châtaignier</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>inside</t>
-[...2 lines deleted...]
-    <t>outside</t>
+    <t>à l'intérieur</t>
+  </si>
+  <si>
+    <t>à l'extérieur</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1335137/516893</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">surface terrière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest (2022)</t>
+      <t xml:space="preserve">forêt protectrice (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2576</t>
     </r>
   </si>
   <si>
-    <t>Area inside/outside the protective forest that the cantons had designated in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013). In 2022, Canton Aargau had not yet designated its protective forest. Reference: GIS data from FOEN, 2022</t>
+    <t>Zone située à l'intérieur/à l'extérieur d'une forêt protectrice délimitée en 2022 par les cantons selon les critères harmonisés de Silvaprotect-CH (Losey et Wehrli 2013). En 2022, le Canton d'Argovie n'avait pas encore délimité le périmètre de ses forêts protectrices. Source: données SIG de l'OFEV, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -778,51 +778,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3838,270 +3838,270 @@
         <v>29.9</v>
       </c>
       <c r="N72" s="6">
         <v>4</v>
       </c>
       <c r="O72" s="6">
         <v>31.1</v>
       </c>
       <c r="P72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1335137/516893</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">surface terrière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest (2022)</t>
+            <t xml:space="preserve">forêt protectrice (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2576</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>