--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>forêt de protection contre des avalanches (2022) · nombre de tiges/ha (DHP ≥24 cm; vifs sur pied; par classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Lawinen (2022) · Stammzahl/ha (BHD ≥24 cm; stehend-lebend; klassiert)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>région de production</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...17 lines deleted...]
-    <t>nombre de tiges/ha (DHP ≥24 cm; vifs sur pied; par classes)</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Lawinen (2022)</t>
+  </si>
+  <si>
+    <t>Stammzahl/ha (BHD ≥24 cm; stehend-lebend; klassiert)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0-100 tiges/ha</t>
-[...26 lines deleted...]
-    <t>à l'extérieur</t>
+    <t>0-100 Stämme/ha</t>
+  </si>
+  <si>
+    <t>101-200 Stämme/ha</t>
+  </si>
+  <si>
+    <t>201-300 Stämme/ha</t>
+  </si>
+  <si>
+    <t>301-400 Stämme/ha</t>
+  </si>
+  <si>
+    <t>401-500 Stämme/ha</t>
+  </si>
+  <si>
+    <t>501-600 Stämme/ha</t>
+  </si>
+  <si>
+    <t>&gt;600 Stämme/ha</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>innerhalb</t>
+  </si>
+  <si>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1335350/517106</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt de protection contre des avalanches (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les avalanches délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Lawinen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre de tiges/ha (DHP ≥24 cm; vifs sur pied; par classes)</t>
+      <t xml:space="preserve">Stammzahl/ha (BHD ≥24 cm; stehend-lebend; klassiert)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1938</t>
     </r>
   </si>
   <si>
-    <t>Nombre d'arbres et d'arbustes vifs sur pied à partir de 24 cm de diamètre à hauteur de poitrine (DHP) par hectare, en classes de 100 tiges. Source: relevé de terrain (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Zahl der stehenden lebenden Bäume und Sträucher ab 24 cm Brusthöhendurchmesser (BHD) pro Hektare, eingeteilt in 100er-Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="64.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2435,268 +2435,268 @@
         <v>100.0</v>
       </c>
       <c r="L48" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="6">
         <v>100.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1335350/517106</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:14" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt de protection contre des avalanches (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:14" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre de tiges/ha (DHP ≥24 cm; vifs sur pied; par classes)</t>
+            <t xml:space="preserve">Stammzahl/ha (BHD ≥24 cm; stehend-lebend; klassiert)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1938</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:14" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:14" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:14" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:14" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>