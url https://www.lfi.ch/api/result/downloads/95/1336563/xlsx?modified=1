--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,385 +14,385 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Waldtyp (3 Klassen) · Erholungsart Skifahren und Snowboarden</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi) · attività ricreativa: sci e snowboard</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...26 lines deleted...]
-    <t>Erholungsart Skifahren und Snowboarden</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi)</t>
+  </si>
+  <si>
+    <t>attività ricreativa: sci e snowboard</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>ja</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Gebüschwald </t>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>no</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>bosco accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>arbusteti</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1336563/518319</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Erholungsart Skifahren und Snowboarden</t>
+      <t xml:space="preserve">attività ricreativa: sci e snowboard</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #517</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Erholungsart «Skifahren und Snowboarden» (inkl. Transportanlagen wie Skilifte oder Gondeln) im Umkreis von 100 m um das Probeflächenzentrum. Erfasst werden die Erholungsarten ab einer Besucherfrequenz von 10 Personen pro Jahr. Grundlage: Forstdienstbefragung (MID 329: Art der aktuellen Erholungsnutzung)</t>
+    <t>Aree di saggio con/senza l'attività ricreativa «sci e snowboard» in un raggio di 100 m intorno al centro dell'area di saggio. Vengono rilevate le attività a partire da una frequenza di 10 persone all'anno. Fonte: inchiesta presso il servizio forestale (MID 329: Art der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,52 +744,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -1753,268 +1753,268 @@
         <v>100.0</v>
       </c>
       <c r="L32" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="6">
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:14" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1336563/518319</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:14" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:14" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Erholungsart Skifahren und Snowboarden</t>
+            <t xml:space="preserve">attività ricreativa: sci e snowboard</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #517</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:14" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:14" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>