--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>forest type (3 classes) · recreation type 'ski- and snowboarding'</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen) · Erholungsart Skifahren und Snowboarden</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...29 lines deleted...]
-    <t>recreation type 'ski- and snowboarding'</t>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen)</t>
+  </si>
+  <si>
+    <t>Erholungsart Skifahren und Snowboarden</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>yes</t>
-[...14 lines deleted...]
-    <t>shrub forest</t>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gebüschwald </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1336618/518374</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">recreation type 'ski- and snowboarding'</t>
+      <t xml:space="preserve">Erholungsart Skifahren und Snowboarden</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #517</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use 'ski- and snowboarding' within a radius of 100 m around the sample plot centre. The type of recreation is recorded with a visitor frequency ≥10 persons per year. Reference: Forest Service Survey (MID 329: Art der aktuellen Erholungsnutzung)</t>
+    <t>Probeflächen mit/ohne Erholungsart «Skifahren und Snowboarden» (inkl. Transportanlagen wie Skilifte oder Gondeln) im Umkreis von 100 m um das Probeflächenzentrum. Erfasst werden die Erholungsarten ab einer Besucherfrequenz von 10 Personen pro Jahr. Grundlage: Forstdienstbefragung (MID 329: Art der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1890,270 +1890,270 @@
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1336618/518374</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">recreation type 'ski- and snowboarding'</t>
+            <t xml:space="preserve">Erholungsart Skifahren und Snowboarden</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #517</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>