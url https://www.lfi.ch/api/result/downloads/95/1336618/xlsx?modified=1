--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Waldtyp (3 Klassen) · Erholungsart Skifahren und Snowboarden</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi) · attività ricreativa: sci e snowboard</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...29 lines deleted...]
-    <t>Erholungsart Skifahren und Snowboarden</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi)</t>
+  </si>
+  <si>
+    <t>attività ricreativa: sci e snowboard</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>ja</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Gebüschwald </t>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>no</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>bosco accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>arbusteti</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1336618/518374</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Erholungsart Skifahren und Snowboarden</t>
+      <t xml:space="preserve">attività ricreativa: sci e snowboard</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #517</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Erholungsart «Skifahren und Snowboarden» (inkl. Transportanlagen wie Skilifte oder Gondeln) im Umkreis von 100 m um das Probeflächenzentrum. Erfasst werden die Erholungsarten ab einer Besucherfrequenz von 10 Personen pro Jahr. Grundlage: Forstdienstbefragung (MID 329: Art der aktuellen Erholungsnutzung)</t>
+    <t>Aree di saggio con/senza l'attività ricreativa «sci e snowboard» in un raggio di 100 m intorno al centro dell'area di saggio. Vengono rilevate le attività a partire da una frequenza di 10 persone all'anno. Fonte: inchiesta presso il servizio forestale (MID 329: Art der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1890,270 +1890,270 @@
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1336618/518374</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Erholungsart Skifahren und Snowboarden</t>
+            <t xml:space="preserve">attività ricreativa: sci e snowboard</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #517</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>