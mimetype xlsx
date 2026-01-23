--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,385 +14,385 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>forest type (3 classes) · recreation type 'ski- and snowboarding'</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi) · attività ricreativa: sci e snowboard</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...26 lines deleted...]
-    <t>recreation type 'ski- and snowboarding'</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi)</t>
+  </si>
+  <si>
+    <t>attività ricreativa: sci e snowboard</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>yes</t>
+    <t>sì</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>total</t>
-[...8 lines deleted...]
-    <t>shrub forest</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>bosco accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>arbusteti</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1336678/518434</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">recreation type 'ski- and snowboarding'</t>
+      <t xml:space="preserve">attività ricreativa: sci e snowboard</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #517</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use 'ski- and snowboarding' within a radius of 100 m around the sample plot centre. The type of recreation is recorded with a visitor frequency ≥10 persons per year. Reference: Forest Service Survey (MID 329: Art der aktuellen Erholungsnutzung)</t>
+    <t>Aree di saggio con/senza l'attività ricreativa «sci e snowboard» in un raggio di 100 m intorno al centro dell'area di saggio. Vengono rilevate le attività a partire da una frequenza di 10 persone all'anno. Fonte: inchiesta presso il servizio forestale (MID 329: Art der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,52 +744,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -1753,268 +1753,268 @@
         <v>100.0</v>
       </c>
       <c r="L32" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="6">
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:14" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1336678/518434</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:14" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:14" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">recreation type 'ski- and snowboarding'</t>
+            <t xml:space="preserve">attività ricreativa: sci e snowboard</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #517</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:14" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:14" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>