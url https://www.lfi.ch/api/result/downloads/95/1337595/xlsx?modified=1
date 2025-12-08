--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Waldtyp (3 Klassen) · Erholungsart Reiten</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>forest type (3 classes) · recreation type 'horse-riding'</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wald</t>
+      <t xml:space="preserve">: forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: 1.4-km grid</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...2 lines deleted...]
-    <t>biogeografische Region</t>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...20 lines deleted...]
-    <t>Erholungsart Reiten</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>forest type (3 classes)</t>
+  </si>
+  <si>
+    <t>recreation type 'horse-riding'</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>ja</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Gebüschwald </t>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>no</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>accessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>inaccessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1337595/519351</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+      <t xml:space="preserve">forest type (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
+    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Erholungsart Reiten</t>
+      <t xml:space="preserve">recreation type 'horse-riding'</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #520</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Erholungsart «Reiten» im Umkreis von 100 m um das Probeflächenzentrum. Erfasst werden die Erholungsarten ab einer Besucherfrequenz von 10 Personen pro Jahr. Grundlage: Forstdienstbefragung (MID 329: Art der aktuellen Erholungsnutzung)</t>
+    <t>Sample plots with/without current recreational use 'horse-riding' within a radius of 100 m around the sample plot centre. The type of recreation is recorded with a visitor frequency ≥10 persons per year. Reference: Forest Service Survey (MID 329: Art der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald</t>
+      <t xml:space="preserve">forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
+    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="38.705" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1890,270 +1890,270 @@
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1337595/519351</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+            <t xml:space="preserve">forest type (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Erholungsart Reiten</t>
+            <t xml:space="preserve">recreation type 'horse-riding'</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #520</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald</t>
+            <t xml:space="preserve">forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>