--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -14,409 +14,409 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>degree of mixture (terrestrial) · crown closure</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Mischungsgrad (terrestrisch) · Schlussgrad</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeographical region</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...20 lines deleted...]
-    <t>crown closure</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Mischungsgrad (terrestrisch)</t>
+  </si>
+  <si>
+    <t>Schlussgrad</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
-[...2 lines deleted...]
-    <t>crowded</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>gedrängt</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>normal</t>
   </si>
   <si>
-    <t>loose</t>
-[...29 lines deleted...]
-    <t>pure broadleaf forest</t>
+    <t>locker</t>
+  </si>
+  <si>
+    <t>räumig</t>
+  </si>
+  <si>
+    <t>aufgelöst</t>
+  </si>
+  <si>
+    <t xml:space="preserve">gruppiert  gedrängt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">gruppiert  normal </t>
+  </si>
+  <si>
+    <t>Stufenschluss</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Nadelwald rein</t>
+  </si>
+  <si>
+    <t>Nadelwald gemischt</t>
+  </si>
+  <si>
+    <t>Laubwald gemischt</t>
+  </si>
+  <si>
+    <t>Laubwald rein</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338787/520543</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of mixture (terrestrial)</t>
+      <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
+    <t>Anteile der am Bestandesaufbau beteiligten Nadel- und Laubbäume, definiert über ihren Basalflächenanteil in vier Klassen: Nadelwald rein: 91–100 % Nadelbäume, Nadelwald gemischt: 51–90 % Nadelbäume, Laubwald gemischt: 11–50 % Nadelbäume und Laubwald rein: 0–10 % Nadelbäume. Grundlage: Feldaufnahme (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">crown closure</t>
+      <t xml:space="preserve">Schlussgrad</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #385</t>
     </r>
   </si>
   <si>
-    <t>Measure of inter-tree crowding of the tree crowns in a stand. Reference: Field Survey (MID 266: Schlussgrad)</t>
+    <t>Mass der gegenseitigen Bedrängung der Baumkronen in einem Bestand. Grundlage: Feldaufnahme (MID 266: Schlussgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -768,52 +768,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3833,270 +3833,270 @@
         <v>100.0</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>22</v>
       </c>
       <c r="O72" s="6">
         <v>100.0</v>
       </c>
       <c r="P72" s="6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338787/520543</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of mixture (terrestrial)</t>
+            <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">crown closure</t>
+            <t xml:space="preserve">Schlussgrad</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #385</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>