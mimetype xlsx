--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>proprietà (2 classi) · dimensione dell'unità di gestione</t>
+    <t>ownership (2 categories) · size of management unit</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco</t>
+      <t xml:space="preserve">: forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>cantone</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,302 +172,302 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>proprietà (2 classi)</t>
+    <t>ownership (2 categories)</t>
   </si>
   <si>
-    <t>dimensione dell'unità di gestione</t>
+    <t>size of management unit</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>≤3 ha</t>
   </si>
   <si>
     <t>4-10 ha</t>
   </si>
   <si>
     <t>11-30 ha</t>
   </si>
   <si>
     <t>31-100 ha</t>
   </si>
   <si>
     <t>101-300 ha</t>
   </si>
   <si>
     <t>301-1000 ha</t>
   </si>
   <si>
     <t>1001-3000 ha</t>
   </si>
   <si>
     <t>&gt;3000 ha</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>pubblica</t>
+    <t>public</t>
   </si>
   <si>
-    <t>privata</t>
+    <t>private</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1339147/520903</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dimensione dell'unità di gestione</t>
+      <t xml:space="preserve">size of management unit</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #600</t>
     </r>
   </si>
   <si>
-    <t>Superficie forestale soggetta alla stessa gestione, suddivisa in otto classi. Più proprietari di bosco formano un'unità di gestione («azienda») se hanno unito le forze in modo duraturo per gestire i loro boschi (e non solo per un singolo intervento). Fonte: inchiesta presso il servizio forestale (MID 410: Grösse der Bewirtschaftungseinheit)</t>
+    <t>Forest area under the same management – in eight classes. Several forest owners form a management unit («enterprise») if they have joined forces to manage their forests permanently (and not just for one logging operation). Reference: Forest Service Survey (MID 410: Grösse der Bewirtschaftungseinheit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco</t>
+      <t xml:space="preserve">forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -819,52 +819,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -7746,51 +7746,51 @@
         <v>50.2</v>
       </c>
       <c r="AZ52" s="6">
         <v>7</v>
       </c>
       <c r="BA52" s="6">
         <v>1327.1</v>
       </c>
       <c r="BB52" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:54" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1339147/520903</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
@@ -7828,226 +7828,226 @@
       <c r="AR53" s="3"/>
       <c r="AS53" s="3"/>
       <c r="AT53" s="3"/>
       <c r="AU53" s="3"/>
       <c r="AV53" s="3"/>
       <c r="AW53" s="3"/>
       <c r="AX53" s="3"/>
       <c r="AY53" s="3"/>
       <c r="AZ53" s="3"/>
       <c r="BA53" s="3"/>
       <c r="BB53" s="3"/>
     </row>
     <row r="56" spans="1:54">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:54" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="59" spans="1:54">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:54" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="62" spans="1:54">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dimensione dell'unità di gestione</t>
+            <t xml:space="preserve">size of management unit</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #600</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:54" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="65" spans="1:54">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:54" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="68" spans="1:54">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco</t>
+            <t xml:space="preserve">forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:54" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="71" spans="1:54">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:54" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>