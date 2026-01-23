--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Wald ohne Gebüschwald, Gebüschwald, Nichtwald</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>bosco senza arbusteto, arbusteto, non bosco</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: Gesamtfläche</t>
+      <t xml:space="preserve">: superficie totale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,249 +172,249 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nichtwald</t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>non bosco</t>
+  </si>
+  <si>
+    <t>bosco senza arbusteto</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1339434/521190</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald, Nichtwald</t>
+      <t xml:space="preserve">bosco senza arbusteto, arbusteto, non bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #329</t>
     </r>
   </si>
   <si>
-    <t>Bodenbedeckung, umschrieben mit den drei Klassen «Wald ohne Gebüschwald», «Gebüschwald» und «Nichtwald» gestützt auf die Walddefinition des LFI. Grundlage: Feldaufnahme (MID 816) oder - bei Unzugänglichkeit - Luftbildinterpretation</t>
+    <t>Copertura del suolo, descritta con le tre classi «bosco senza arbusteto», «arbusteto» e «non bosco» in base alla definizione di bosco dell'IFN. Fonte: rilievo sul terreno (MID 816: Wald-/Nichtwald-Entscheid) oppure - nel caso di inaccessibilità - interpretazione delle foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtfläche</t>
+      <t xml:space="preserve">superficie totale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #435</t>
     </r>
   </si>
   <si>
-    <t>Fläche der Schweiz oder einer Region (z.B. Produktionsregion, Kanton) unabhängig von ihrem Bewuchs. Im LFI setzt sich die Gesamtfläche aus den Komponenten «Wald ohne Gebüschwald», «Gebüschwald» und «Nichtwald» zusammen.</t>
+    <t>Superficie della Svizzera o di una sua regione (ad es. Regione di produzione, Cantone) indipendentemente dalla sua copertura. Nell'IFN la superficie totale è composta da «bosco senza arbusteto», «arbusteto» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -766,51 +766,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2165,51 +2165,51 @@
         <v>100.0</v>
       </c>
       <c r="AY18" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ18" s="6">
         <v>100.0</v>
       </c>
       <c r="BA18" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:53" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1339434/521190</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -2247,191 +2247,191 @@
       <c r="AQ19" s="3"/>
       <c r="AR19" s="3"/>
       <c r="AS19" s="3"/>
       <c r="AT19" s="3"/>
       <c r="AU19" s="3"/>
       <c r="AV19" s="3"/>
       <c r="AW19" s="3"/>
       <c r="AX19" s="3"/>
       <c r="AY19" s="3"/>
       <c r="AZ19" s="3"/>
       <c r="BA19" s="3"/>
     </row>
     <row r="22" spans="1:53">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:53" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald, Nichtwald</t>
+            <t xml:space="preserve">bosco senza arbusteto, arbusteto, non bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #329</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtfläche</t>
+            <t xml:space="preserve">superficie totale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #435</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>