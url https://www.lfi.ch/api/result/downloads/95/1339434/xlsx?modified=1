--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco senza arbusteto, arbusteto, non bosco</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest without shrub forest/shrub forest/non-forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: superficie totale</t>
+      <t xml:space="preserve">: total area</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,249 +172,249 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>non bosco</t>
-[...11 lines deleted...]
-    <t>totale</t>
+    <t>non-forest</t>
+  </si>
+  <si>
+    <t>forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1339434/521190</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco senza arbusteto, arbusteto, non bosco</t>
+      <t xml:space="preserve">forest without shrub forest/shrub forest/non-forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #329</t>
     </r>
   </si>
   <si>
-    <t>Copertura del suolo, descritta con le tre classi «bosco senza arbusteto», «arbusteto» e «non bosco» in base alla definizione di bosco dell'IFN. Fonte: rilievo sul terreno (MID 816: Wald-/Nichtwald-Entscheid) oppure - nel caso di inaccessibilità - interpretazione delle foto aeree.</t>
+    <t>Land cover, classified as one of three categories: 'forest without shrub forest', 'shrub forest' and 'non-forest', based on the NFI forest definition. Reference: Field Survey (MID 816), or if inaccessible, aerial photo interpretation.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie totale</t>
+      <t xml:space="preserve">total area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #435</t>
     </r>
   </si>
   <si>
-    <t>Superficie della Svizzera o di una sua regione (ad es. Regione di produzione, Cantone) indipendentemente dalla sua copertura. Nell'IFN la superficie totale è composta da «bosco senza arbusteto», «arbusteto» e «non bosco».</t>
+    <t>Area of Switzerland or a region (e.g. production region or canton) regardless of its cover. In NFI, the total area is made up of the components «forest without shrub forest», «shrub forest» and «non-forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -766,51 +766,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2165,51 +2165,51 @@
         <v>100.0</v>
       </c>
       <c r="AY18" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ18" s="6">
         <v>100.0</v>
       </c>
       <c r="BA18" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:53" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1339434/521190</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -2247,191 +2247,191 @@
       <c r="AQ19" s="3"/>
       <c r="AR19" s="3"/>
       <c r="AS19" s="3"/>
       <c r="AT19" s="3"/>
       <c r="AU19" s="3"/>
       <c r="AV19" s="3"/>
       <c r="AW19" s="3"/>
       <c r="AX19" s="3"/>
       <c r="AY19" s="3"/>
       <c r="AZ19" s="3"/>
       <c r="BA19" s="3"/>
     </row>
     <row r="22" spans="1:53">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:53" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco senza arbusteto, arbusteto, non bosco</t>
+            <t xml:space="preserve">forest without shrub forest/shrub forest/non-forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #329</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie totale</t>
+            <t xml:space="preserve">total area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #435</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>