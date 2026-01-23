--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest function 'timber production'</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldfunktion Holzproduktion</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1340256/522012</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function 'timber production'</t>
+      <t xml:space="preserve">Waldfunktion Holzproduktion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #480</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function 'timber production' according to forest plans or an assessment by the local forest service. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Vorhandensein der Waldfunktion «Holzproduktion» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">zugänglicher Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>172.7</v>
       </c>
       <c r="AC16" s="6">
         <v>2</v>
       </c>
       <c r="AD16" s="6">
         <v>1270.3</v>
       </c>
       <c r="AE16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1340256/522012</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function 'timber production'</t>
+            <t xml:space="preserve">Waldfunktion Holzproduktion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #480</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">zugänglicher Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>