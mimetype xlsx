--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Holzproduktion</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione di produzione di legname</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...54 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1340256/522012</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Holzproduktion</t>
+      <t xml:space="preserve">funzione di produzione di legname</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #480</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Holzproduktion» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «produzione di legname» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">bosco accessibile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>172.7</v>
       </c>
       <c r="AC16" s="6">
         <v>2</v>
       </c>
       <c r="AD16" s="6">
         <v>1270.3</v>
       </c>
       <c r="AE16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1340256/522012</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Holzproduktion</t>
+            <t xml:space="preserve">funzione di produzione di legname</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #480</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">bosco accessibile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>