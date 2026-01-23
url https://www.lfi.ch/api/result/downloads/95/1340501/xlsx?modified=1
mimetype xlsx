--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,386 +14,386 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>transportation system plan</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>concetto dell'allacciamento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>road and skid road</t>
-[...23 lines deleted...]
-    <t>total</t>
+    <t>strada e pista</t>
+  </si>
+  <si>
+    <t>strada e teleferico forestale</t>
+  </si>
+  <si>
+    <t>strada e trasporto aereo (elicottero)</t>
+  </si>
+  <si>
+    <t>nessun allacciamento previsto</t>
+  </si>
+  <si>
+    <t>strada e sentiero di esbosco, senza verricello di traz. aus.</t>
+  </si>
+  <si>
+    <t>strada e sentiero di esbosco, con verricello di traz. aus.</t>
+  </si>
+  <si>
+    <t>solamente strada</t>
+  </si>
+  <si>
+    <t>terreno agricolo</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1340501/522257</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">transportation system plan</t>
+      <t xml:space="preserve">concetto dell'allacciamento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #599</t>
     </r>
   </si>
   <si>
-    <t>Information about the large- and small-scale infrastructure used for the extraction and transport of timber. Reference: Forest Service survey (MID 326: Erschliessungskonzept)</t>
+    <t>Indicazione, su quale rete di allacciamento grossolana e capillare si basa l'esbosco del legname. Fonte: inchiesta presso il servizio forestale (MID 326: Erschliessungskonzept)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -745,51 +745,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1974,51 +1974,51 @@
         <v>100.0</v>
       </c>
       <c r="AC22" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD22" s="6">
         <v>100.0</v>
       </c>
       <c r="AE22" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1340501/522257</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
@@ -2034,191 +2034,191 @@
       <c r="U23" s="3"/>
       <c r="V23" s="3"/>
       <c r="W23" s="3"/>
       <c r="X23" s="3"/>
       <c r="Y23" s="3"/>
       <c r="Z23" s="3"/>
       <c r="AA23" s="3"/>
       <c r="AB23" s="3"/>
       <c r="AC23" s="3"/>
       <c r="AD23" s="3"/>
       <c r="AE23" s="3"/>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">transportation system plan</t>
+            <t xml:space="preserve">concetto dell'allacciamento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #599</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:31">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:31" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>