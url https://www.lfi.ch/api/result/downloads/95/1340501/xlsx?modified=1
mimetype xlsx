--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,386 +14,386 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>concetto dell'allacciamento</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Erschliessungskonzept</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...47 lines deleted...]
-    <t>Svizzera</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>strada e pista</t>
-[...23 lines deleted...]
-    <t>totale</t>
+    <t>Strasse und Maschinenweg</t>
+  </si>
+  <si>
+    <t>Strasse und Seillinie</t>
+  </si>
+  <si>
+    <t>Strasse und Fluglinie</t>
+  </si>
+  <si>
+    <t>keine Erschliessung vorgesehen</t>
+  </si>
+  <si>
+    <t>Strasse und Rückegasse ohne Traktionshilfswinde</t>
+  </si>
+  <si>
+    <t>Strasse und Rückegasse mit Traktionshilfswinde</t>
+  </si>
+  <si>
+    <t>nur Strasse</t>
+  </si>
+  <si>
+    <t>Landwirtschaftsland</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1340501/522257</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">concetto dell'allacciamento</t>
+      <t xml:space="preserve">Erschliessungskonzept</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #599</t>
     </r>
   </si>
   <si>
-    <t>Indicazione, su quale rete di allacciamento grossolana e capillare si basa l'esbosco del legname. Fonte: inchiesta presso il servizio forestale (MID 326: Erschliessungskonzept)</t>
+    <t>Angabe, auf welcher Grob- und Feinerschliessung die Holzbringung beruht. Grundlage: Forstdienstbefragung (MID 326: Erschliessungskonzept)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -745,51 +745,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1974,51 +1974,51 @@
         <v>100.0</v>
       </c>
       <c r="AC22" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD22" s="6">
         <v>100.0</v>
       </c>
       <c r="AE22" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1340501/522257</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
@@ -2034,191 +2034,191 @@
       <c r="U23" s="3"/>
       <c r="V23" s="3"/>
       <c r="W23" s="3"/>
       <c r="X23" s="3"/>
       <c r="Y23" s="3"/>
       <c r="Z23" s="3"/>
       <c r="AA23" s="3"/>
       <c r="AB23" s="3"/>
       <c r="AC23" s="3"/>
       <c r="AD23" s="3"/>
       <c r="AE23" s="3"/>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">concetto dell'allacciamento</t>
+            <t xml:space="preserve">Erschliessungskonzept</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #599</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:31">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:31" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>