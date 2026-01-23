--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>forstliche Planungswerke</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest planning documents</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wald</t>
+      <t xml:space="preserve">: forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: 1.4-km grid</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>kein forstlicher Plan</t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>no forestry plan</t>
+  </si>
+  <si>
+    <t>only local forestry plan</t>
+  </si>
+  <si>
+    <t>only cantonal forestry plan</t>
+  </si>
+  <si>
+    <t>local and cantonal forestry plan</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1340521/522277</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forstliche Planungswerke</t>
+      <t xml:space="preserve">forest planning documents</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #691</t>
     </r>
   </si>
   <si>
-    <t>Angabe, ob forstliche Planungswerke auf lokaler Ebene (Betriebsplan, Waldbauprojekt o.ä.) und/oder kantonaler Ebene (Waldentwicklungsplan, regionaler/kantonaler Waldplan) vorliegen, aufgrund derer der/die Betriebsleiter/in die waldbaulichen bzw. die betrieblichen Entscheidungen trifft, unabhängig vom Entstehungsjahr. Grundlage: Forstdienstbefragung (MID 2028: lokale forstliche Planungswerke, MID 803: Stand der Waldentwicklungspläne WEP)</t>
+    <t>Indication as to whether forest planning documents exist at the local level (operational plan, silvicultural project, etc.) and/or at the cantonal level (forest development plan or regional/cantonal forest plan). These documents provide the basis for the forest manager to make silvicultural or operational decisions, irrespective of the year they were produced. Reference: Forest Service Survey (MID 2028: lokale forstliche Planungswerke, MID 803: Stand der Waldentwicklungspläne WEP)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald</t>
+      <t xml:space="preserve">forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
+    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1582,51 +1582,51 @@
         <v>100.0</v>
       </c>
       <c r="AC18" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD18" s="6">
         <v>100.0</v>
       </c>
       <c r="AE18" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:31" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1340521/522277</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -1642,191 +1642,191 @@
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3"/>
       <c r="Y19" s="3"/>
       <c r="Z19" s="3"/>
       <c r="AA19" s="3"/>
       <c r="AB19" s="3"/>
       <c r="AC19" s="3"/>
       <c r="AD19" s="3"/>
       <c r="AE19" s="3"/>
     </row>
     <row r="22" spans="1:31">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forstliche Planungswerke</t>
+            <t xml:space="preserve">forest planning documents</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #691</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald</t>
+            <t xml:space="preserve">forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>