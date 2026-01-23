--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Wildschutz</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione di protezione della selvaggina</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...27 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1340549/522305</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Wildschutz</t>
+      <t xml:space="preserve">funzione di protezione della selvaggina</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #472</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Wildschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Die Waldfunktion «Wildschutz» umfasst dabei in der Regel die Wildeinstandsgebiete und Wildruhezonen. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «protezione della selvaggina» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. La funzione del bosco «protezione della selvaggina» comprende di regola le zone di ripristino della selvaggina e le zone di tranquillità per la selvaggina. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>100.0</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="6">
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1340549/522305</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Wildschutz</t>
+            <t xml:space="preserve">funzione di protezione della selvaggina</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #472</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>