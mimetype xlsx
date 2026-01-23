--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN4</t>
-[...5 lines deleted...]
-    <t>documenti della pianificazione forestale</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest planning documents</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessun piano forestale</t>
-[...11 lines deleted...]
-    <t>totale</t>
+    <t>no forestry plan</t>
+  </si>
+  <si>
+    <t>only local forestry plan</t>
+  </si>
+  <si>
+    <t>only cantonal forestry plan</t>
+  </si>
+  <si>
+    <t>local and cantonal forestry plan</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1340740/522496</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">documenti della pianificazione forestale</t>
+      <t xml:space="preserve">forest planning documents</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #691</t>
     </r>
   </si>
   <si>
-    <t>Indicazione dell'esistenza di documenti di pianificazione forestale a livello locale (piano di gestione, progetto selvicolturale, ecc.) e/o cantonale (piano forestale cantonale o regionale) sulla base dei quali il/la responsabile dell'azienda prende decisioni selvicolturali o operative, indipendentemente dal loro anno di origine. Fonte: inchiesta presso il servizio forestale (MID 2028: lokale forstliche Planungswerke, MID 803: Stand der Waldentwicklungspläne WEP)</t>
+    <t>Indication as to whether forest planning documents exist at the local level (operational plan, silvicultural project, etc.) and/or at the cantonal level (forest development plan or regional/cantonal forest plan). These documents provide the basis for the forest manager to make silvicultural or operational decisions, irrespective of the year they were produced. Reference: Forest Service Survey (MID 2028: lokale forstliche Planungswerke, MID 803: Stand der Waldentwicklungspläne WEP)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1105,233 +1105,233 @@
         <v>152.5</v>
       </c>
       <c r="K18" s="6">
         <v>2</v>
       </c>
       <c r="L18" s="6">
         <v>1176.4</v>
       </c>
       <c r="M18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1340740/522496</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">documenti della pianificazione forestale</t>
+            <t xml:space="preserve">forest planning documents</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #691</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>