--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>forstliche Planungswerke</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>documenti della pianificazione forestale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">: bosco accessibile</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>kein forstlicher Plan</t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>nessun piano forestale</t>
+  </si>
+  <si>
+    <t>solo piano forestale locale</t>
+  </si>
+  <si>
+    <t>solo piano forestale cantonale</t>
+  </si>
+  <si>
+    <t>piano forestale locale e cantonale</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1340835/522591</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forstliche Planungswerke</t>
+      <t xml:space="preserve">documenti della pianificazione forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #691</t>
     </r>
   </si>
   <si>
-    <t>Angabe, ob forstliche Planungswerke auf lokaler Ebene (Betriebsplan, Waldbauprojekt o.ä.) und/oder kantonaler Ebene (Waldentwicklungsplan, regionaler/kantonaler Waldplan) vorliegen, aufgrund derer der/die Betriebsleiter/in die waldbaulichen bzw. die betrieblichen Entscheidungen trifft, unabhängig vom Entstehungsjahr. Grundlage: Forstdienstbefragung (MID 2028: lokale forstliche Planungswerke, MID 803: Stand der Waldentwicklungspläne WEP)</t>
+    <t>Indicazione dell'esistenza di documenti di pianificazione forestale a livello locale (piano di gestione, progetto selvicolturale, ecc.) e/o cantonale (piano forestale cantonale o regionale) sulla base dei quali il/la responsabile dell'azienda prende decisioni selvicolturali o operative, indipendentemente dal loro anno di origine. Fonte: inchiesta presso il servizio forestale (MID 2028: lokale forstliche Planungswerke, MID 803: Stand der Waldentwicklungspläne WEP)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">bosco accessibile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1582,51 +1582,51 @@
         <v>176.6</v>
       </c>
       <c r="AC18" s="6">
         <v>2</v>
       </c>
       <c r="AD18" s="6">
         <v>1265.3</v>
       </c>
       <c r="AE18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:31" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1340835/522591</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -1642,191 +1642,191 @@
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3"/>
       <c r="Y19" s="3"/>
       <c r="Z19" s="3"/>
       <c r="AA19" s="3"/>
       <c r="AB19" s="3"/>
       <c r="AC19" s="3"/>
       <c r="AD19" s="3"/>
       <c r="AE19" s="3"/>
     </row>
     <row r="22" spans="1:31">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forstliche Planungswerke</t>
+            <t xml:space="preserve">documenti della pianificazione forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #691</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">bosco accessibile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>