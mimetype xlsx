--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>forstliche Planungswerke</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>documenti della pianificazione forestale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...27 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>kein forstlicher Plan</t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>nessun piano forestale</t>
+  </si>
+  <si>
+    <t>solo piano forestale locale</t>
+  </si>
+  <si>
+    <t>solo piano forestale cantonale</t>
+  </si>
+  <si>
+    <t>piano forestale locale e cantonale</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1340872/522628</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forstliche Planungswerke</t>
+      <t xml:space="preserve">documenti della pianificazione forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #691</t>
     </r>
   </si>
   <si>
-    <t>Angabe, ob forstliche Planungswerke auf lokaler Ebene (Betriebsplan, Waldbauprojekt o.ä.) und/oder kantonaler Ebene (Waldentwicklungsplan, regionaler/kantonaler Waldplan) vorliegen, aufgrund derer der/die Betriebsleiter/in die waldbaulichen bzw. die betrieblichen Entscheidungen trifft, unabhängig vom Entstehungsjahr. Grundlage: Forstdienstbefragung (MID 2028: lokale forstliche Planungswerke, MID 803: Stand der Waldentwicklungspläne WEP)</t>
+    <t>Indicazione dell'esistenza di documenti di pianificazione forestale a livello locale (piano di gestione, progetto selvicolturale, ecc.) e/o cantonale (piano forestale cantonale o regionale) sulla base dei quali il/la responsabile dell'azienda prende decisioni selvicolturali o operative, indipendentemente dal loro anno di origine. Fonte: inchiesta presso il servizio forestale (MID 2028: lokale forstliche Planungswerke, MID 803: Stand der Waldentwicklungspläne WEP)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1105,233 +1105,233 @@
         <v>187.6</v>
       </c>
       <c r="K18" s="6">
         <v>2</v>
       </c>
       <c r="L18" s="6">
         <v>1290.8</v>
       </c>
       <c r="M18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1340872/522628</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forstliche Planungswerke</t>
+            <t xml:space="preserve">documenti della pianificazione forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #691</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>