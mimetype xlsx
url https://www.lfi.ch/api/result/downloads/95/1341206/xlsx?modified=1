--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>stand relevant for regeneration</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>verjüngungsrelevanter Bestand</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,249 +172,249 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>young growth/thicket</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>Jungwuchs/Dickung</t>
+  </si>
+  <si>
+    <t>Verjüngung unter Schirm</t>
+  </si>
+  <si>
+    <t>plenterartiger Hochwald</t>
+  </si>
+  <si>
+    <t>kein verjüngungsrelevanter Bestand</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1341206/522962</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stand relevant for regeneration</t>
+      <t xml:space="preserve">verjüngungsrelevanter Bestand</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #757</t>
     </r>
   </si>
   <si>
-    <t>Stand in which the existing regeneration is very important because it is most likely to form the future main stand. In NFI, this is understood to mean the development stage young growth/thicket, regeneration under shelterwood and selection-type high forest. Reference: Field Survey (MID 261: Entwicklungsstufe, MID 433: Waldbauliche Beurteilung, MID 267: Bestandesstruktur); Forstdienstbefragung (MID 611: Art alle Eingriffe seit Referenzdatum)</t>
+    <t>Bestände, in denen die vorhandene Verjüngung eine grosse Bedeutung hat, weil sie höchstwahrscheinlich den zukünftigen Hauptbestand bilden wird. Im LFI werden darunter die Entwicklungsstufe Jungwuchs/Dickung, die Verjüngung unter Schirm und der Waldtyp plenterartiger Hochwald verstanden. Grundlage: Feldaufnahme (MID 261: Entwicklungsstufe, MID 433: Waldbauliche Beurteilung, MID 267: Bestandesstruktur); Forstdienstbefragung (MID 611: Art alle Eingriffe seit Referenzdatum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2165,51 +2165,51 @@
         <v>49.2</v>
       </c>
       <c r="AY18" s="6">
         <v>8</v>
       </c>
       <c r="AZ18" s="6">
         <v>1049.5</v>
       </c>
       <c r="BA18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:53" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1341206/522962</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -2247,191 +2247,191 @@
       <c r="AQ19" s="3"/>
       <c r="AR19" s="3"/>
       <c r="AS19" s="3"/>
       <c r="AT19" s="3"/>
       <c r="AU19" s="3"/>
       <c r="AV19" s="3"/>
       <c r="AW19" s="3"/>
       <c r="AX19" s="3"/>
       <c r="AY19" s="3"/>
       <c r="AZ19" s="3"/>
       <c r="BA19" s="3"/>
     </row>
     <row r="22" spans="1:53">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:53" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stand relevant for regeneration</t>
+            <t xml:space="preserve">verjüngungsrelevanter Bestand</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #757</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>