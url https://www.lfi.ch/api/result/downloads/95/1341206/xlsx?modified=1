--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>verjüngungsrelevanter Bestand</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>popolamento significativo per la rinnovazione</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,249 +172,249 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Jungwuchs/Dickung</t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>novelleto/spessina</t>
+  </si>
+  <si>
+    <t>rinnovazione sotto copertura</t>
+  </si>
+  <si>
+    <t>rinnovazione nella fustaia a struttura disetanea</t>
+  </si>
+  <si>
+    <t>nessun popolamento significativo per la rinnovazione</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1341206/522962</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">verjüngungsrelevanter Bestand</t>
+      <t xml:space="preserve">popolamento significativo per la rinnovazione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #757</t>
     </r>
   </si>
   <si>
-    <t>Bestände, in denen die vorhandene Verjüngung eine grosse Bedeutung hat, weil sie höchstwahrscheinlich den zukünftigen Hauptbestand bilden wird. Im LFI werden darunter die Entwicklungsstufe Jungwuchs/Dickung, die Verjüngung unter Schirm und der Waldtyp plenterartiger Hochwald verstanden. Grundlage: Feldaufnahme (MID 261: Entwicklungsstufe, MID 433: Waldbauliche Beurteilung, MID 267: Bestandesstruktur); Forstdienstbefragung (MID 611: Art alle Eingriffe seit Referenzdatum)</t>
+    <t>Popolamento nel quale la rinnovazione presente ha una grande importanza perché formerà con ogni probabilità il futuro popolamento principale. Nell'IFN, il termine include lo stadio di sviluppo novellame/spessina, la rinnovazione sotto copertura e la fustaia a struttura disetanea. Fonte: rilievo sul terreno (MID 261: Entwicklungsstufe, MID 433: Waldbauliche Beurteilung, MID 267: Bestandesstruktur); inchiesta presso il servizio forestale (MID 611: Art alle Eingriffe seit Referenzdatum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -766,51 +766,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2165,51 +2165,51 @@
         <v>49.2</v>
       </c>
       <c r="AY18" s="6">
         <v>8</v>
       </c>
       <c r="AZ18" s="6">
         <v>1049.5</v>
       </c>
       <c r="BA18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:53" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1341206/522962</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -2247,191 +2247,191 @@
       <c r="AQ19" s="3"/>
       <c r="AR19" s="3"/>
       <c r="AS19" s="3"/>
       <c r="AT19" s="3"/>
       <c r="AU19" s="3"/>
       <c r="AV19" s="3"/>
       <c r="AW19" s="3"/>
       <c r="AX19" s="3"/>
       <c r="AY19" s="3"/>
       <c r="AZ19" s="3"/>
       <c r="BA19" s="3"/>
     </row>
     <row r="22" spans="1:53">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:53" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">verjüngungsrelevanter Bestand</t>
+            <t xml:space="preserve">popolamento significativo per la rinnovazione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #757</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>