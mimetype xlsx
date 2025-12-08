--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,389 +14,389 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>year of forest development plan (6 classes)</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Jahr des Waldentwicklungsplans (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">: Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no forest development plan</t>
+    <t>kein Waldentwicklungsplan</t>
   </si>
   <si>
     <t>1992-1994</t>
   </si>
   <si>
     <t>1995-1997</t>
   </si>
   <si>
     <t>1998-2000</t>
   </si>
   <si>
     <t>2001-2003</t>
   </si>
   <si>
     <t>2004-2006</t>
   </si>
   <si>
     <t>2007-2009</t>
   </si>
   <si>
     <t>2010-2012</t>
   </si>
   <si>
     <t>2013-2015</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1342270/524026</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">year of forest development plan (6 classes)</t>
+      <t xml:space="preserve">Jahr des Waldentwicklungsplans (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1302</t>
     </r>
   </si>
   <si>
-    <t>Year in which the forest development plan or a comparable cantonal planning document was put into effect – in six classes. Reference: Forest Service Survey (MID 804: Kalenderjahr der Inkraftsetzung des Waldentwicklungsplans WEP)</t>
+    <t>Jahr, in dem der Waldentwicklungsplan (WEP) oder ein vergleichbares kantonales Planungswerk in Kraft gesetzt worden ist, in sechs Klassen. Grundlage: Forstdienstbefragung (MID 804: Kalenderjahr der Inkraftsetzung des Waldentwicklungsplans WEP)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -748,51 +748,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2072,51 +2072,51 @@
         <v>100.0</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD23" s="6">
         <v>100.0</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="21.75">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1342270/524026</t>
           </r>
         </is>
       </c>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
@@ -2132,191 +2132,191 @@
       <c r="U24" s="3"/>
       <c r="V24" s="3"/>
       <c r="W24" s="3"/>
       <c r="X24" s="3"/>
       <c r="Y24" s="3"/>
       <c r="Z24" s="3"/>
       <c r="AA24" s="3"/>
       <c r="AB24" s="3"/>
       <c r="AC24" s="3"/>
       <c r="AD24" s="3"/>
       <c r="AE24" s="3"/>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">year of forest development plan (6 classes)</t>
+            <t xml:space="preserve">Jahr des Waldentwicklungsplans (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1302</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="39" spans="1:31">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:31" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>