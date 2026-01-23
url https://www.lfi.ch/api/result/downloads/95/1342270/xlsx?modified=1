--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,389 +14,389 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Jahr des Waldentwicklungsplans (6 Klassen)</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>anno della pianificazione forestale regionale (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wald</t>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>kein Waldentwicklungsplan</t>
+    <t>nessun piano forestale regionale</t>
   </si>
   <si>
     <t>1992-1994</t>
   </si>
   <si>
     <t>1995-1997</t>
   </si>
   <si>
     <t>1998-2000</t>
   </si>
   <si>
     <t>2001-2003</t>
   </si>
   <si>
     <t>2004-2006</t>
   </si>
   <si>
     <t>2007-2009</t>
   </si>
   <si>
     <t>2010-2012</t>
   </si>
   <si>
     <t>2013-2015</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1342270/524026</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Jahr des Waldentwicklungsplans (6 Klassen)</t>
+      <t xml:space="preserve">anno della pianificazione forestale regionale (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1302</t>
     </r>
   </si>
   <si>
-    <t>Jahr, in dem der Waldentwicklungsplan (WEP) oder ein vergleichbares kantonales Planungswerk in Kraft gesetzt worden ist, in sechs Klassen. Grundlage: Forstdienstbefragung (MID 804: Kalenderjahr der Inkraftsetzung des Waldentwicklungsplans WEP)</t>
+    <t>Anno di entrata in vigore del piano forestale regionale (PFR) o di un documento di pianificazione cantonale analogo, in sei classi. Fonte: inchiesta presso il servizio forestale (MID 804: Kalenderjahr der Inkraftsetzung des Waldentwicklungsplans WEP)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -748,51 +748,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="69.412" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2072,51 +2072,51 @@
         <v>100.0</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD23" s="6">
         <v>100.0</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="21.75">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1342270/524026</t>
           </r>
         </is>
       </c>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
@@ -2132,191 +2132,191 @@
       <c r="U24" s="3"/>
       <c r="V24" s="3"/>
       <c r="W24" s="3"/>
       <c r="X24" s="3"/>
       <c r="Y24" s="3"/>
       <c r="Z24" s="3"/>
       <c r="AA24" s="3"/>
       <c r="AB24" s="3"/>
       <c r="AC24" s="3"/>
       <c r="AD24" s="3"/>
       <c r="AE24" s="3"/>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jahr des Waldentwicklungsplans (6 Klassen)</t>
+            <t xml:space="preserve">anno della pianificazione forestale regionale (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1302</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="39" spans="1:31">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:31" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>