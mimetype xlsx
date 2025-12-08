--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,389 +14,389 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>year of forest development plan (6 classes)</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Jahr des Waldentwicklungsplans (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">: Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no forest development plan</t>
+    <t>kein Waldentwicklungsplan</t>
   </si>
   <si>
     <t>1992-1994</t>
   </si>
   <si>
     <t>1995-1997</t>
   </si>
   <si>
     <t>1998-2000</t>
   </si>
   <si>
     <t>2001-2003</t>
   </si>
   <si>
     <t>2004-2006</t>
   </si>
   <si>
     <t>2007-2009</t>
   </si>
   <si>
     <t>2010-2012</t>
   </si>
   <si>
     <t>2013-2015</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1342442/524198</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">year of forest development plan (6 classes)</t>
+      <t xml:space="preserve">Jahr des Waldentwicklungsplans (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1302</t>
     </r>
   </si>
   <si>
-    <t>Year in which the forest development plan or a comparable cantonal planning document was put into effect – in six classes. Reference: Forest Service Survey (MID 804: Kalenderjahr der Inkraftsetzung des Waldentwicklungsplans WEP)</t>
+    <t>Jahr, in dem der Waldentwicklungsplan (WEP) oder ein vergleichbares kantonales Planungswerk in Kraft gesetzt worden ist, in sechs Klassen. Grundlage: Forstdienstbefragung (MID 804: Kalenderjahr der Inkraftsetzung des Waldentwicklungsplans WEP)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -748,51 +748,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2072,51 +2072,51 @@
         <v>192.1</v>
       </c>
       <c r="AC23" s="6">
         <v>1</v>
       </c>
       <c r="AD23" s="6">
         <v>1316.9</v>
       </c>
       <c r="AE23" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="21.75">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1342442/524198</t>
           </r>
         </is>
       </c>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
@@ -2132,191 +2132,191 @@
       <c r="U24" s="3"/>
       <c r="V24" s="3"/>
       <c r="W24" s="3"/>
       <c r="X24" s="3"/>
       <c r="Y24" s="3"/>
       <c r="Z24" s="3"/>
       <c r="AA24" s="3"/>
       <c r="AB24" s="3"/>
       <c r="AC24" s="3"/>
       <c r="AD24" s="3"/>
       <c r="AE24" s="3"/>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">year of forest development plan (6 classes)</t>
+            <t xml:space="preserve">Jahr des Waldentwicklungsplans (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1302</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="39" spans="1:31">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:31" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>