--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Mischungsgrad (terrestrisch)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>diversity of woody species</t>
+  </si>
+  <si>
+    <t>degree of mixture (terrestrial)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Index</t>
+      <t xml:space="preserve">: index</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...50 lines deleted...]
-    <t>Index</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>index</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelwald rein</t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>pure conifer forest</t>
+  </si>
+  <si>
+    <t>mixed conifer forest</t>
+  </si>
+  <si>
+    <t>mixed broadleaf forest</t>
+  </si>
+  <si>
+    <t>pure broadleaf forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1344799/526556</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gehölzartenvielfalt</t>
+      <t xml:space="preserve">diversity of woody species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #36</t>
     </r>
   </si>
   <si>
-    <t>Masszahl zur ökologischen Beurteilung von Waldbeständen, abgeleitet aus der Anzahl Gehölzarten ab 12 cm Brusthöhendurchmesser (BHD) und dem Vorkommen von Gehölzarten mit spezieller ökologischer Bedeutung (Weiden, Birken, Erlen, einheimische Pappeln, Eichen, Kastanie, Kirschbaum, Wildobst und Sorbus-Arten) in der Oberschicht.</t>
+    <t>Measure for the ecological assessment of forest stands, derived from the number of woody species with a diameter at breast height (dbh) ≥12 cm and the occurrence of woody species of special ecological significance (willows, birches, alders, native poplars, oaks, chestnut, cherry, wild fruit and Sorbus species) in the upper layer.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
+      <t xml:space="preserve">degree of mixture (terrestrial)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Anteile der am Bestandesaufbau beteiligten Nadel- und Laubbäume, definiert über ihren Basalflächenanteil in vier Klassen: Nadelwald rein: 91–100 % Nadelbäume, Nadelwald gemischt: 51–90 % Nadelbäume, Laubwald gemischt: 11–50 % Nadelbäume und Laubwald rein: 0–10 % Nadelbäume. Grundlage: Feldaufnahme (MID 265: Mischungsgrad)</t>
+    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -1582,51 +1582,51 @@
         <v>2.9</v>
       </c>
       <c r="AC18" s="6">
         <v>3</v>
       </c>
       <c r="AD18" s="6">
         <v>2.7</v>
       </c>
       <c r="AE18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:31" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1344799/526556</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -1642,191 +1642,191 @@
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3"/>
       <c r="Y19" s="3"/>
       <c r="Z19" s="3"/>
       <c r="AA19" s="3"/>
       <c r="AB19" s="3"/>
       <c r="AC19" s="3"/>
       <c r="AD19" s="3"/>
       <c r="AE19" s="3"/>
     </row>
     <row r="22" spans="1:31">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gehölzartenvielfalt</t>
+            <t xml:space="preserve">diversity of woody species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #36</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
+            <t xml:space="preserve">degree of mixture (terrestrial)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>